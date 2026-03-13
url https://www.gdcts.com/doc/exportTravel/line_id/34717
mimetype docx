--- v0 (2025-12-18)
+++ v1 (2026-03-13)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【春节】漫游越南（胡美芽河）| 越南航空3飞往返 | 全程无自费 | 品尝越南美食 | 7天6晚行程单</w:t>
+        <w:t xml:space="preserve">【越南】漫游越南（胡美芽）| 广州南航往返 | 全程0自费 | 网评四星酒店 | 出海跳岛一日游 |行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">河内+芽庄+美奈+胡志明</w:t>
+        <w:t xml:space="preserve">（胡进芽出）三城联游6天5晚</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CJ1754900371E6</w:t>
+              <w:t xml:space="preserve">ZQNY-CJ1754900371E6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -227,51 +227,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">7</w:t>
+              <w:t xml:space="preserve">6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -357,116 +357,112 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-河内：VN 507  16:25-17:35
-[...3 lines deleted...]
-                胡志明-广州：VN 502  10:15-14:10
+                D1：广州-胡志明CZ373 12:40-14:30
+                <w:br/>
+                D6：芽庄-广州CZ6050 16:00-19:50
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 特色交通：越南国家航空，广州往返，三飞不走回头路，优质舒适
+                ★ 特色交通：南方航空，广州往返，双飞不走回头路，优质舒适，可搭配全国联运
                 <w:br/>
                 ★ 贴心安排：全程中文地陪+专业领队悉心陪同、照料
                 <w:br/>
                 ★ 安心体验：全程无自费，已含越南当地司导小费，全程安心畅游
                 <w:br/>
-                ★ 游玩专享：四城联游，一次打卡首都和经济特区和度假胜地
-[...7 lines deleted...]
-                ★ 温馨赠送：芽庄特色燕窝饮每人一瓶，越南正宗滴漏咖啡
+                ★ 游玩专享：出海跳岛一日游，感受阳光与海滩
+                <w:br/>
+                ★ 优享住宿：全程入住网评四星酒店，地理位置优越
+                <w:br/>
+                ★ 越南美食：米其林牛肉米粉、越式风味餐、海鲜火锅餐、三宝餐
+                <w:br/>
+                ★ 特色体验：东南亚水果大餐、越南正宗滴漏咖啡
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -583,536 +579,472 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-河内
-[...1 lines deleted...]
-                指定时间在广州白云机场集合，由专业领队办理登机手续后，乘坐客机飞往越南首都【河内】。抵达后由导游接机，前往特色餐厅品尝河内美食，晚餐后送往酒店休息！
+                广州-胡志明
+                <w:br/>
+                指定时间在广州白云机场集合，由专业领队办理登机手续后，乘坐南方航空的国际航班，飞往越南第一大城市【胡志明市】,旧称“西贡”曾是法国殖民地，有【东方小巴黎】之称。
+                <w:br/>
+                抵达后由导游接机，出发打卡【咖啡公寓】（游览时间约60分钟）整栋楼都是神仙咖啡馆，复古楼梯，文艺小店，咖啡香+胶片感，出大片的绝佳网红打卡地！
+                <w:br/>
+                随后前往游览【范五老街】（游览时间约120分钟）提到胡志明市，就没人不知道范五老街，它得名于越南民族英雄范五老，范五老街只是一条普通的街道，而我们常说的“范五老街”其实是包括范老五街及周边的几条路组成的一个区域。晚餐自理，结束后入住酒店休息！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：河内烤肉粉   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">河内网评四星酒店（参考酒店：河内国际酒店(HANOI INTERNATIONAL HOTEL)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">胡志明网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                河内-芽庄
-[...7 lines deleted...]
-                午餐后送机到河内机场，搭乘内陆航班飞往“东方马尔代夫”之称—【芽庄】。抵达后由导游接机，在岩岩夏热的天气，安排每人一瓶冰冻的欢迎饮料芽庄燕窝饮，消除飞机上的疲劳。随后前往品尝芽庄特色簸箕餐，结束后送往酒店入住休息！
+                胡志明-美奈
+                <w:br/>
+                酒店享用早餐后，前往参观法国殖民时期的【总统府】(游览时间60分钟)又称总督府，建立于1868年，是由当时统治者法国人所建。接着参观【中央邮局】（游览时间约30分钟）建于19世纪末，由法国建筑师设计。大厅内部装饰华丽，圆顶极富古典气息，是一座较大的具浓厚的法式风格的殖民时期建筑，属于重要的文化遗产。外形宏伟壮观，现仍为邮政局所用。后参观游览【红教堂】（外观，游览时间15分钟）红教堂是西贡著名的地标建筑，位于西贡市中心，是热闹和繁华之处，因其使用红砖建造故而得名，建造所用红砖全部从法国运来，百余年过去，色泽依然鲜明，毫无褪色。是胡志明市鲜明的地标。续后参观【歌剧院】（外观15分钟）和【市政厅】（外观15分钟）。
+                <w:br/>
+                接着驱车前往半沙半海，清新宁静的海边度假胜地【美奈】（车程约4.5小时），天然的曼妙风景，仿佛令人置身世外桃源。美奈（Mui Ne）是位于越南东南部平顺省美奈半岛上的一个渔村小镇，距离胡志明市东北约200公里，离潘切市（Phan Thiet）约22公里。这里有长约50kms的绵长海滩，椰风海浪，水清沙幼，游人不多，不同档次的旅游度假屋众多，是越南南部不可不去的海滩之一。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：越式风味餐     晚餐：芽庄簸箕餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">芽庄海边五星酒店（参考酒店：芽庄艺术巢酒店(ARTNEST HOTEL &amp; APARTMENT)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：米其林牛肉米粉     晚餐：中式/越式围餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">美奈网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                芽庄
-[...1 lines deleted...]
-                酒店享用自助早餐后，出发芽庄码头，开启出海跳岛游，乘船出海，安排前往【竹岛】在这里体验越南风味美，这是一个自然风光美丽的小岛，可以上岛躺下晒太阳，享受宁静的时光。【珊瑚岛】这里的海水清澈透明，浮在水面埋下头，五彩斑斓的海底世界就清晰地和你融为一体。【蚕岛】从空中俯瞰像条绿色的蚕静卧在海面，是芽庄诸多列岛中最具代表性的岛屿之一，岛上郁郁葱葱，空气清新，随处都透露着一股原始美，各类水上娱乐设施齐全：游泳池，露天吧台，特色餐厅等等。接着随后前往（南洋奇宝馆、游览时间约120分钟）。接着傍晚时间段前往【芽庄夜市】（自由活动，约120分钟）芽庄最繁华的也是一条街，靠近海边，品类繁多，特闹非凡，成为了当人的网红打卡点。结束后返回酒店休息！
+                美奈-芽庄
+                <w:br/>
+                酒店享用自助早餐后，出发游览仙境之地【仙女溪】（游览时间约30分钟）水质清澈，水里的沙子很软，岸边生长有四叶草等植物。仙女溪色彩由红土、白沙、蓝天、流水、绿树等色彩强烈的元素组成，绝对是摄影爱好者们的大爱。之后参观"一边是火焰，一边是大海"的奇观【海角沙丘】（游览时间约60分钟）又名【白沙丘】，让游客们体验滑沙的乐趣，解放孩子们对沙漠的豪放之情。这是一座高高耸立在海边，方圆好几公里的沙山，放眼四望一片大漠风烟之景。沙丘呈新月形，沙粒细腻，曲线曼妙，沙雾随风起。如果你是追风族，可以尽情感受由山顶直冲山脚的速度感。接着前往【红沙丘Red Sand dune】（游览时间约30分钟）延绵不断红色的沙子，距离大海较近，傍晚时分，紫色的晚霞与棕红色的沙丘在落日余晖的笼罩下显得更加艳丽，整个气氛浪漫至极。最后前往渔港欣赏著名的【鱼港Fishing Village】（游览时间约30分钟）清晨的鱼获交易和傍晚的渔港夕照，是一道不错的风景。
+                <w:br/>
+                下午乘车前往号称东方的马尔代夫度假圣地【芽庄】。抵达后享用晚餐，结束后入住酒店休息！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐　     午餐：岛上简餐     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">芽庄海边五星酒店（参考酒店：芽庄艺术巢酒店(ARTNEST HOTEL &amp; APARTMENT)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐　     午餐：中式/越式围餐     晚餐：中式/越式围餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄
                 <w:br/>
-                酒店享用自助早餐后，出发游览【天依女神庙】 (Po Nagar ChamTowers) (游览时间约30分钟)当地人又称此庙为婆那加，这里有几栋魏峨的宝塔，据说在7至12世纪此地共有8座宝塔，现只剩4座，其中最大的主塔内供奉占婆女神，她是古时候统治芽庄的占婆王国之母，印度教徒称占婆女神是印度教希瓦神(Siva)的化身，越南佛教徒称她为天依女神。接着前往（珍宝馆、游览时间约120分钟）。接着游览游览【五指岩】（游览时间约40分钟）又称钟屿石岬角，这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特有【滴漏咖啡】享受风情。接着前往（乳胶中心、游览时间约120分钟）。接着参观【芽庄大教堂】（游览时间约20分钟）矗立在一个小山坡上，沿着开满小花的阶梯上去。
+                酒店享用自助早餐后，出发芽庄码头，开启出海跳岛游，乘船出海，安排前往【竹岛】在这里体验越南风味美，这是一个自然风光美丽的小岛，可以上岛躺下晒太阳，享受宁静的时光。【珊瑚岛】这里的海水清澈透明，浮在水面埋下头，五彩斑斓的海底世界就清晰地和你融为一体。【蚕岛】从空中俯瞰像条绿色的蚕静卧在海面，是芽庄诸多列岛中最具代表性的岛屿之一，岛上郁郁葱葱，空气清新，随处都透露着一股原始美，各类水上娱乐设施齐全：游泳池，露天吧台，特色餐厅等等。远观【海燕岛】（不上岸）岛上有成群结队的燕子居住在岛上，芽庄这个岛盛产燕窝，因此不能上岛，可以远观拍照留念。
+                <w:br/>
+                回程后，随后前往【珍宝馆】（游览时间约120分钟）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：三宝餐     晚餐：瓦片烤肉餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">芽庄海边五星酒店（参考酒店：芽庄艺术巢酒店(ARTNEST HOTEL &amp; APARTMENT)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：岛上简餐     晚餐：中式/越式围餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                芽庄-美奈
-[...1 lines deleted...]
-                酒店享用自助早餐后，接着驱车前往半沙半海，清新宁静的海边度假胜地【美奈】，天然的曼妙风景，仿佛令人置身世外桃源。美奈（Mui Ne）是位于越南东南部平顺省美奈半岛上的一个渔村小镇，距离胡志明市东北约200公里，离潘切市（Phan Thiet）约22公里。这里有长约50kms的绵长海滩，椰风海浪，水清沙幼，游人不多，不同档次的旅游度假屋众多，是越南南部不可不去的海滩之一。抵达后先品尝午餐，下午出发参观仙境之地【仙女溪】（游览时间约30分钟）水质清澈，水里的沙子很软，岸边生长有四叶草等植物。仙女溪色彩由红土、白沙、蓝天、流水、绿树等色彩强烈的元素组成，绝对是摄影爱好者们的大爱。之后参观"一边是火焰，一边是大海"的奇观【海角沙丘】（游览时间约60分钟）又名【白沙丘】，让游客们体验滑沙的乐趣，解放孩子们对沙漠的豪放之情。这是一座高高耸立在海边，方圆好几公里的沙山，放眼四望一片大漠风烟之景。沙丘呈新月形，沙粒细腻，曲线曼妙，沙雾随风起。如果你是追风族，可以尽情感受由山顶直冲山脚的速度感。接着前往【红沙丘Red Sand dune】（游览时间约30分钟）延绵不断红色的沙子，距离大海较近，傍晚时分，紫色的晚霞与棕红色的沙丘在落日余晖的笼罩下显得更加艳丽，整个气氛浪漫至极。最后前往渔港欣赏著名的【鱼港Fishing Village】（游览时间约30分钟）清晨的鱼获交易和傍晚的渔港夕照，是一道不错的风景。
+                芽庄
+                <w:br/>
+                酒店享用自助早餐后，随后前往【南洋奇宝馆】（游览时间约120分钟）。随后出发游览【仙境湾】（游览时间约60分钟）“不求天上人间，只求仙境一天”仙境湾又叫金兰湾，也有人叫它“天堂湾”。它位于芽庄市区以北约60公里外的小海湾，这里享有芽庄最美海滩称号，来到这里的第一感觉就是蓝，天空是湛蓝的，海水似孔雀蓝一般，很耀眼、很纯净，一望无际的白色沙滩，还有成排的椰林，此起彼伏的海浪，风景美如画。途中安排品尝“水果大餐”，品尝各式各样的东南亚热带水果。
+                <w:br/>
+                接着前往游览【五指岩】（游览时间约60分钟）又称钟屿石岬角，这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特有【滴漏咖啡】享受风情。
+                <w:br/>
+                接着前往游览【天依女神庙】 (游览时间约40分钟)当地人又称此庙为婆那加，这里有几栋魏峨的宝塔，据说在7至12世纪此地共有8座宝塔，现只剩4座，其中最大的主塔内供奉占婆女神，她是古时候统治芽庄的占婆王国之母，印度教徒称占婆女神是印度教希瓦神(Siva)的化身，越南佛教徒称她为天依女神。
+                <w:br/>
+                接着前往游览【芽庄大教堂】（游览时间约30分钟）矗立在一个小山坡上，沿着开满小花的阶梯上去。
+                <w:br/>
+                接着傍晚时间段前往【芽庄夜市】（自由活动，约120分钟）芽庄最繁华的也是一条街，靠近海边，品类繁多，特闹非凡，成为了当人的网红打卡点。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式/越式围餐     晚餐：中式/越式围餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">美奈网评四星酒店（参考酒店：维波美奈酒店及水疗中心(Vipol Mui Ne Hotel &amp; Spa)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：海鲜火锅餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                美奈-胡志明
-[...3 lines deleted...]
-                抵达后先品尝午餐，下午前往冬凯路展开一段【微徒步之旅】，和孩子们一起探索这座城市的法式遗迹与传统越式文化的交融。前往参观法国殖民时期的【总统府】(游览时间60分钟)又称总督府，建立于1868年，是由当时统治者法国人所建。接着参观【中央邮局】（游览时间约30分钟）建于19世纪末，由法国建筑师设计。大厅内部装饰华丽，圆顶极富古典气息，是一座较大的具浓厚的法式风格的殖民时期建筑，属于重要的文化遗产。外形宏伟壮观，现仍为邮政局所用。后参观游览【红教堂】（外观，游览时间15分钟）红教堂是西贡著名的地标建筑，位于西贡市中心，是热闹和繁华之处，因其使用红砖建造故而得名，建造所用红砖全部从法国运来，百余年过去，色泽依然鲜明，毫无褪色。是胡志明市鲜明的地标。续后参观【歌剧院】（外观15分钟）和【市政厅】（外观15分钟）。接着游览前往游览【范五老街】（游览时间约120分钟）提到胡志明市，就没人不知道范五老街，它得名于越南民族英雄范五老，范五老街只是一条普通的街道，而我们常说的“范五老街”其实是包括范老五街及周边的几条路组成的一个区域。这里街道纵横，各种档次的酒店和廉价旅馆遍布街区，临街的路边店铺，各色旅行社代理、外币兑换点，各种风味的饭店、西餐厅、酒吧、咖啡屋以及本地特色的商品店鳞次栉比，应有尽有。
+                芽庄-广州
+                <w:br/>
+                酒店享用自助早餐后，随后前往【乳胶中心】（游览时间约120分钟）。接着出发游览【隆山寺】（游览时间约 60 分钟）建于 19 世纪后期 ，历经修缮后现在仍有很多僧侣在这里修行。寺内的汉字门联、龙纹雕柱等元素都透露着强烈的中国文化气息。龙山寺的吸引人之处在于其后山的白色大佛。爬上后山的 150 级台阶 ，就会来到这 24米高的大佛前，这里可以俯视芽庄的城市美景。神奇的是，在芽庄市区的任何地方，都能看见这座白色的大佛俯视着苍生。
+                <w:br/>
+                   午餐后，于指定时间前往机场办理离境手续 ，搭乘国际航班飞回广州，结束愉快的旅程！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：米其林牛肉粉     晚餐：X   </w:t>
-[...75 lines deleted...]
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：三宝餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1157,57 +1089,57 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大交通：广州-河内/河内-芽庄/胡志明-广州，越南航空团队经济舱往返机票及税金 （不含航司临时通知的涨幅）；
+                大交通：广州-胡志明/芽庄-广州，南方航空团队经济舱往返机票及税金 （不含航司临时通知的涨幅）；
                 <w:br/>
                 用车标准：使用车辆合法旅游运营资质空调车辆，每人确保一正座，车型根据人数而定；
                 <w:br/>
                 酒店标准：行程所列酒店住宿，为标准双人间含每人每天一床位（小孩价不占床位）；
                 <w:br/>
-                餐饮标准：全程6早餐和9正餐，10人一桌，每桌8菜一汤；
+                餐饮标准：全程6早餐和8正餐，10人一桌，每桌8菜一汤；
                 <w:br/>
                 门票标准：已含行程中景点首道大门票，行程以外不含；
                 <w:br/>
                 导游标准：全程当地中文导游陪同；
                 <w:br/>
                 领队标准：广州起止，全程领队服务(10人起派)；
                 <w:br/>
                 安全标准：旅行社旅游责任险；
                 <w:br/>
                 特别提醒：如遇旺季，景点顺序导游根据实际情况安排，敬请谅解；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1221,59 +1153,59 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                越南签证费、小费、出入境杂费600元/人（报名时跟团费一起收齐）；
+                越南签证费、服务费、出入境杂费600元/人（报名时跟团费一起收齐）；
                 <w:br/>
                 个人因私护照请自行备妥（交我社签证时需保证半年以上有效期）；
                 <w:br/>
                 自费项目及个人消费（如电话费、酒店干洗费、行李超重费、小费等）；
                 <w:br/>
                 行程中未提及的其他费用（自由活动期间餐费、车费以及导服费）；
                 <w:br/>
-                单间差（1200元/人）；
+                单间差（580元/人）；
                 <w:br/>
                 凡景区、餐厅、服务站等场所内设有购物店，不属于我社安排的购物店谨慎购买，如购买记得索要发票以免上当受骗；
                 <w:br/>
                 个人旅游意外保险请单独购买；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
@@ -1806,51 +1738,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-18</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>