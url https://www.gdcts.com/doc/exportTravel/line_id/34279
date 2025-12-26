--- v0 (2025-10-14)
+++ v1 (2025-12-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【西欧 春节荷你邂逅此时】荷兰+比利时10天（海航深圳往返）|梵高博物馆|深度人文|阿姆连住|李鸿章大酒店|莫瑞泰斯美术馆|运河&amp;羊角村双游船|红白童话双村|天堂图书馆|桅杆餐厅三道式午宴|鲱鱼餐|比利时青口餐行程单</w:t>
+        <w:t xml:space="preserve">【西欧 春节荷你邂逅此时】荷兰+比利时10天（海航深圳往返）|梵高博物馆|深度人文|阿姆连住|李鸿章大酒店|莫瑞泰斯美术馆|运河&amp;羊角村双游船|红白童话双村|天堂图书馆|鲱鱼餐|比利时青口餐行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202509262050HC</w:t>
+              <w:t xml:space="preserve">EU202511261200HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -395,53 +395,53 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【甄选住宿】
                 <w:br/>
                 ★升级1晚海牙超豪华酒店—Grand Hotel Amrâth Kurhaus Den Haag“李鸿章大酒店”：酒店位于斯赫弗宁恩的海滩，曾接待李鸿章入住,并留下了李鸿章在此所做的诗作。华人都称其为李鸿章大酒店。
                 <w:br/>
                 ★阿姆斯特丹连住2晚市区豪华酒店。连住不挪窝，深度玩转“北方威尼斯”。
                 <w:br/>
                 <w:br/>
-                【“巅峰”美食品鉴】
-[...1 lines deleted...]
-                ★鹿特丹桅杆餐厅高空午宴：185米云端三道式，“大地在我脚下”坐拥全城美景
+                【美食品鉴】
+                <w:br/>
+                ★鹿特丹码头特色船餐厅三道式：享用特色美食，坐享海港风情
                 <w:br/>
                 ★白酒煮青口：比利时国菜，肥美青口搭配牛油白酒烹煮，人间至味。
                 <w:br/>
                 ★沃伦丹渔村鲜鲱鱼餐**：木屋码头旁，尝北海鲜捕鱼获
                 <w:br/>
                 <w:br/>
                 【深度人文艺术·欧洲顶级美术馆IP】
                 <w:br/>
                 ★梵高博物馆：全球梵高画作TOP1收藏！直面《向日葵》《星空》真迹，触摸天才的孤独与炽热  
                 <w:br/>
                 ★皇家莫瑞泰斯美术馆：镇馆之宝《戴珍珠耳环的少女》+伦勃朗自画像，黄金时代巨作0距离
                 <w:br/>
                 <w:br/>
                 【沉浸式小众体验】
                 <w:br/>
                 ★皇家代尔夫特蓝陶DIY：亲手绘制皇家代尔夫特蓝，带走荷兰国宝级纪念
                 <w:br/>
                 <w:br/>
                 【荷兰灵魂探寻·双游船×双村奇境】
                 <w:br/>
                 ★阿姆斯特丹运河游船：穿梭黄金时代遗产，17世纪豪宅倒映水中  
                 <w:br/>
                 ★羊角村游船：芦苇农舍倒影如画，闯入绿色童话秘境  
                 <w:br/>
                 ★童话红村哈泽伊伦斯Haarzuilens：千座红砖屋铺成油画，相机直出明信片，外观荷兰最大城堡德哈尔城堡  
@@ -687,51 +687,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 深圳-(飞机)-布鲁塞尔-(大巴约55公里)-根特-(大巴约51公里)-布鲁日-(大巴约108公里)-安特卫普
                 <w:br/>
                 参考航班：
                 <w:br/>
-                HU759  深圳宝安国际机场 T3 - 布鲁塞尔机场 (BRU) T1  01:50/08:00 
+                HU759  深圳宝安国际机场 T3 - 布鲁塞尔机场 (BRU) T1  01:35/07:05 
                 <w:br/>
                 ●【根特】（游览不少于1小时）,根特作为一个港口城市，是进入布鲁塞尔的必经之地，是座充满浓郁中世纪风情的观光城市。市内有中古会堂的遗迹、古城遗址、大教堂等吸引着大量的观光客。
                 <w:br/>
                 ●【根特钟楼】外观,钟楼位于市中心，高91米，是城里最高的建筑。5个尖形角塔构成了精致的塔顶结构，上面有模仿14世纪艺术风格的旋转铜龙。钟楼装了一组由52个钟组成的钟琴，每天都为这座城镇演奏悠扬的乐曲， 可以搭乘电梯或爬楼梯登上钟楼俯瞰全城的壮观景色。
                 <w:br/>
                 ●【布鲁日】（游览不少于1小时）,布鲁日有着“北方威尼斯”之城的历史小镇，一座城都是世界文化遗产。这座城浓缩了你对那种神秘小镇印象的一切剪影，市集广场、钟楼、教堂、游船、各种博物馆，雄伟的建筑和精致的石板路，众多元素拼凑在一起，让布鲁日变得如此的不同。
                 <w:br/>
                 ●【布鲁日钟楼】外观,布鲁日钟楼位于布鲁日市集广场上，它是布鲁日的标志，象征着自由和权力。
                 <w:br/>
                 交通：飞机 大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -777,82 +777,82 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 安特卫普-(大巴约102公里)-代尔夫特-(大巴约15公里)-鹿特丹-(大巴约11公里)-海牙
                 <w:br/>
                 ●【皇家代尔夫特蓝陶工厂】入内（游览不少于1小时）,皇家代尔夫特蓝陶工厂，始建于1653年，它初的名字只是代尔夫特蓝陶工厂，一开始它的产品大都是用代尔夫特本地的陶土为原材料制成的蓝色瓷砖。当时陶瓷生产在欧洲并未够成气候，代尔夫特蓝陶工厂除了蓝瓷砖之外，也模仿来自中国的瓷器，制成了许多带有欧洲元素的瓷器，工厂的陶瓷产品很快风靡了欧洲。以至于有些欧洲人一直以为，瓷器起源于荷兰。代尔夫特蓝陶工厂长期以来都为荷兰皇室生产定制餐具，1919年它被授权在公司名称中冠名“皇家”，它的地位正式得到了荷兰政府和官方的确认。
                 <w:br/>
                 ●【鹿特丹】（游览不少于1小时）,现代设计与新潮建筑的摩登舞台——怀旧港都鹿特丹。鹿特丹的名字来自于在市中心注入Nieuwe Maas河的小河鹿特河和荷兰词Dam(坝)。鹿特丹是连接欧、美、亚、非、澳五大洲的重要港口，素有"欧洲门户"之称。
                 <w:br/>
-                ●【鹿特丹桅杆景观餐厅】入内（游览不少于1小时）,欧洲桅杆也被称作太空塔。是鹿特丹十分引人注目的一座现代建筑，也是鹿特丹的象征。这座塔高达185米，登到欧洲桅杆的塔上可鸟瞰全市，是俯瞰鹿特丹市景的最佳地。该塔建于1960年，是为了迎接当年在鹿特丹举办的花展而建的。这座塔的中部还有高100米的观景餐厅，可360度全景俯瞰鹿特丹，我们在此边品尝佳肴，一边观赏周围景致以及来来往往的船只。
+                ●【鹿特丹特色码头餐厅The Boat Bar三道式】入内,在紧邻“欧洲桅杆”高塔的码头特色餐厅享用欧式三道式，海港风情佐餐。
                 <w:br/>
                 ●【立体方块屋】外观,立体方块屋又被称为树屋，由51座方块房子组成。荷兰在现代先锋和新锐设计方面独树一帜，不平行的空间错位感好像可以把人带到另一个时空。
                 <w:br/>
                 ●【鹿特丹时尚艺术市集——Markthal】,是一座U型的拱廊市场，现已成为荷兰新地标。由荷兰建筑工作室MVRDV亲手打造而成，壁面的绘画是由艺术家Arno Coenen和Iris Roskam携手完成，灵感来自于市场上的产品，内容囊括了荷兰的传统食物、花卉和昆虫等。
                 <w:br/>
                 ●【海牙】,拥有“海边皇城”之称的海牙，不但有庄严肃穆、让人肃然起敬的宫殿和建筑物，还有传承历史与文化的著名博物馆、美术馆，更有使人们放松、愉悦心情的海滩及各种娱乐场所。一座现代与古典交融的城市，正是它的魅力所在。
                 <w:br/>
                 ●【海牙国会大厦】外观,海牙国会大厦，作为荷兰政治的心脏，荷兰语称为"Binnenhof"，是荷兰政府的中心。它位于荷兰的行政首都海牙，是世界上最古老的国会大厦之一，也是欧洲最古老的政府建筑群。
                 <w:br/>
                 ●【莫瑞泰斯皇家美术馆】入内（游览不少于1小时30分钟）,收藏了荷兰黄金时代以来最卓著的画作，这些结构紧致、享誉世界的画作收藏于海牙市中心一座17世纪的古老建筑中，维米尔的《戴珍珠耳环的少女》、伦勃朗的《杜尔博士的解剖课》、法布里蒂乌斯的《金翅雀》以及波特的《公牛》等名作永久展示于这座私人博物馆陈列中。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：桅杆餐厅三道式午餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：鹿特丹特色餐厅三道式     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">参考酒店：超豪华Grand Hotel Amrâth Kurhaus Den Haag 李鸿章大酒店 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1475,51 +1475,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 住宿：全程欧洲标准豪华-超豪华酒店或同等级酒店：以两人一房为标准、酒店欧陆式早餐；
                 <w:br/>
-                2. 用餐：行程注明所含的早餐及正餐，以中式六菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位；特色餐包含：1餐鹿特丹欧洲桅杆餐厅三道式、1餐沃伦丹渔村鲱鱼餐、1餐比利时白酒煮青口。无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
+                2. 用餐：行程注明所含的早餐及正餐，以中式六菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位；特色餐包含：1餐特丹特色餐厅三道式、1餐沃伦丹渔村鲱鱼餐、1餐比利时白酒煮青口。无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
                 <w:br/>
                 3. 国际交通：国际间往返经济舱团体机票、机场税及燃油附加费，及欧洲境内段机票（含机场税）；
                 <w:br/>
                 4. 用车：境外旅游巴士：根据团队人数，安排35-50座巴士，及专业外籍司机；
                 <w:br/>
                 5. 门票：行程中所含的首道门票：梵高博物馆、莫瑞泰斯皇家美术馆、皇家代尔夫特蓝陶DIY、阿姆斯特丹运河游船、羊角村游船。带*的景点含门票费；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）；
                 <w:br/>
                 6. 保险：境外30万人民币医疗险。自备签证或免签的客人请自理旅游意外保险。
                 <w:br/>
                 7. 申根签证费。
                 <w:br/>
                 8. 境外司导服务费。
                 <w:br/>
                 9. 境外高速WIFI使用（2人一台） 转换插。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -2104,51 +2104,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>