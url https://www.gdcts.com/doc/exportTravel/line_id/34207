--- v0 (2026-02-07)
+++ v1 (2026-03-24)
@@ -357,53 +357,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                CZ655 CAN-SVO 15:45-21:05
-[...1 lines deleted...]
-                CZ656 SVO-CAN 23:15-13:45+1
+                CZ655 CAN-SVO 15:45-21:05或 CZ8027 CAN-SVO 0840-1355
+                <w:br/>
+                CZ656 SVO-CAN 23:15-13:45+1或 CZ8028 SVO-CAN 1555-0635+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -575,51 +575,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州✈莫斯科CZ655 CAN-SVO 15:45-21:05
+                广州✈莫斯科CZ655 CAN-SVO 15:45-21:05或 CZ8027 CAN-SVO 0840-1355
                 <w:br/>
                 请各位贵宾于广州白云国际机场集合搭乘国际航班前往莫斯科，抵达莫斯科国际机场后，办理入关手续，入住酒店休息，期待明天精彩的旅程！
                 <w:br/>
                 交通：飞机+空调旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -670,51 +670,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 莫斯科
                 <w:br/>
                 早餐后，开始游览
                 <w:br/>
                 *【库宾卡坦克博物馆】探访“红色苏联时代 ”军事迷的朝圣之地「入内游览参观约1小时」
                 <w:br/>
                 库宾卡坦克博物馆绝对是军迷朝圣的圣地，来感受下最真实的铁血战场，满足你的军事好奇心，它是一座以各国各时期的装甲车为主要展出对象的军事博物馆。是世界上最大的坦克博物馆之一，于1978年9月10日建成。馆址位于俄罗斯库宾卡坦克训练基地。室内外展馆有来自世界14个国家的一共超过350辆装甲车辆。室内展区主要分为七大部分，分别是重型坦克、中型坦克、轻型坦克、装甲战车、英美坦克车辆、德国坦克车辆、日本和 法国坦克车辆。除此之外这里还陈列了很多导弹直升机炮弹等。在此我们不仅能亲眼目睹俄罗斯最大的国旗迎风飘扬，在种类齐全的坦克装甲车中合影留念 。这里全面而真切的给我们展现了苏联印象。
                 <w:br/>
                 *【爱国者公园】军事版迪斯尼乐园「入内游览参观约2小时」
                 <w:br/>
                 在莫斯科附近占地55平方公里的“爱国者"主题公园，俄媒称之为“ 战斗迪斯尼乐园 ”。这个公园在世界有名的库宾卡坦克博物馆基础上大规模扩建，占地面积接近莫斯科中央行政区 。这里不仅将扩建海空军装备陈列馆 、剧院和各种服务设施， 还将向参观者展出各种战斗机 、火箭炮 、重机枪 、坦克和各类军事装备 ，面积十分十分大！只有身临其境 ，才能明白什么  叫战斗版的“迪士尼 ”。
                 <w:br/>
                 *【武装力量大教堂】「外观约30 分钟」
                 <w:br/>
                 这座教堂其实还有一个名字基督复活教堂。也是一座堪称军事题材的“迪士尼乐园 ”. 自远古以来，俄罗斯就建立了教堂以纪念他们的捍卫 。
                 <w:br/>
                 <w:br/>
-                ♣Tips： 自由活动期间请注意自身人身财产安全 ，不横穿马路 ，遵守交通规则和当地礼俗文化！ 由于当天游玩场地比较大建议客人自备 少许面包/饼干等干粮和水，
+                ♣Tips： 自由活动期间请注意自身人身财产安全 ，不横穿马路 ，遵守交通规则和当地礼俗文化！ 由于当天游玩场地比较大建议客人自备 少许面包/饼干等干粮和水
                 <w:br/>
                 交通：空调旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：简易俄餐     晚餐：中餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -855,57 +855,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 圣彼得堡
                 <w:br/>
                 早餐后，我们前往参观
                 <w:br/>
                 *【国立埃尔米塔什博物馆】（约 120 分钟，逢周一闭馆，如遇闭馆，则会调整游览顺序）--冬宫与伦敦的大英博物馆、巴黎的卢浮宫、纽约的大都会艺术博物馆一起，称为世界四大博物馆。博物馆内展品非常丰富，数量多达二百五十万件，各大名画，雕像，名贵古物及沙皇曾用过的名贵马车等，冬宫游毕在冬宫广场自由拍照（约 20 分钟），
                 <w:br/>
                 *【冬宫广场】（约 20 分钟）圣彼得堡的中心广场，历经近 2 个世纪，默默见证了罗曼诺夫王朝的历史兴衰。
                 <w:br/>
                 *【亚历山大纪念柱】-重达 600 吨，在不用任何支撑物的情况靠自身重量巍然屹立近 200 年，纪念沙俄击败了拿破仑军队的入侵。
                 <w:br/>
+                *【圣伊撒基耶夫大教堂】（外观共 30 分钟）--坐落在圣彼得堡市区，与圣彼得大教堂、伦敦的圣保罗大教堂和佛罗伦萨的花之圣母大教堂并称为世界四大教堂。
+                <w:br/>
                 *【喀山大教堂】（外观约15分钟）：这个建筑的平面图呈十字型中间上方是一个圆筒型的顶楼，顶楼上是一个端正的圆顶。半圆型的柱廊由94根圆柱组成，面向大街，环抱广场，最具代表性的俄式教堂。
                 <w:br/>
                 *外观【滴血大教堂】（约 20 分钟）--又称复活教堂，它是圣彼得堡为数不多的传统式教堂。葱头式的教堂顶部，象征了一支支蜡烛，从人间向上帝举起。颜色鲜艳的洋葱头，应该是用马赛克拼装而成的，所以颜色鲜艳而且不褪色，这是圣彼得堡最美丽的教堂，站在教堂脚下，你会被它的美丽所震撼，走近看教堂的每一处细节，都无比精致。圣彼得堡是俄罗斯最漂亮的城市，而圣彼得堡最漂亮的教堂非滴血大教堂莫属了
                 <w:br/>
-                *3月行程为：【圣伊撒基耶夫大教堂】（外观共 30分钟）又称圣伊撒基耶夫大教堂，坐落在俄罗斯圣彼得堡市区（又译圣埃萨大教堂）。
-[...1 lines deleted...]
-                *4月行程为：【涅瓦河游船】无论白天还是晚上，乘船沿河上下，你都可以欣赏沿岸风光，或者品味千姿百态的桥梁。若
+                *【涅瓦河游船】无论白天还是晚上，乘船沿河上下，你都可以欣赏沿岸风光，或者品味千姿百态的桥梁。若
                 <w:br/>
                 是遇到开桥，大桥中央的两段桥跨吊在空中，只见那巨大的钢铁大桥宛如奔马般扬起前蹄，让滞留的船舶顺利
                 <w:br/>
                 驶向芬兰湾，那壮观的场景，给人留下的印象是难以磨灭的。
                 <w:br/>
                 交通：空调旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中餐     晚餐：中餐   </w:t>
@@ -1210,51 +1210,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                莫斯科✈广州   CZ656 SVO-CAN 23:15-13:45+1
+                莫斯科✈广州   CZ656 SVO-CAN 23:15-13:45+1或 CZ8028 SVO-CAN 1555-0635+1
                 <w:br/>
                 早餐后，前往参观
                 <w:br/>
                 *【察里津诺皇家庄园】（意即“女皇村”）（约60分钟）：女皇叶卡捷琳娜二世为纪念俄罗斯在第一次俄土战
                 <w:br/>
                 争的胜利下令修建的。这些建筑全部用红砖砌成，并镶有白色石刻的观赏性装饰图案，是典型的哥特式建筑。入口处建有音乐喷泉，一进门就带给大家不一样的视觉和听觉享受。在公园里还有莫斯科唯一的一个大型温室建筑，至今还生长着18世纪的植物种类。
                 <w:br/>
                 *【列宁山观景台】（约15分钟）：位于俄罗斯莫斯科列宁山，现在叫麻雀山，莫斯科西南，是莫斯科的最高处达220米。观景台在麻雀山上，正对莫斯科大学正门，由此俯瞰莫斯科市区，美丽景色尽收眼底。
                 <w:br/>
                 *【莫斯科大学】（外观约15分钟）：建于1755年1月12日，是俄罗斯联邦规模最大、历史最悠久的综合性高等学校，也是全俄罗斯联邦最大的大学和学术中心，也是全世界最大和最著名的高等学府之一。
                 <w:br/>
                 *【阿尔巴特大街】「约 60分钟」莫斯科市中心的一条著名步行街，起源 15世纪，约 1公里，紧邻莫斯科河，莫斯科市现存最古老的街道之一，俄罗斯风情非常浓厚，俄罗斯人称之为“莫斯科的精灵”。在这方砖铺成的街道上，既能看到最传统、最古朴的东西，也能看到最现代、最时尚的玩意儿。街道两侧，那些古色古香的老店，卖传统工艺的特色店铺，像古董一样陈列着，杂然相间的，却是非常时尚的咖啡店，服装店，精致的礼品店。
                 <w:br/>
                 交通：空调旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -1855,51 +1855,53 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 参考酒店：
                 <w:br/>
-                莫斯科四星酒店参考：格林伍德：http://www.greenwoodpark.ru/mvkot/礼花：http://www.hotelsalut.ru/天空：https://skypoint-delta.ru/宇宙：https://sheremetyevo.cosmosgroup.ru/en或同等级酒店
+                莫斯科四星酒店参考：
+                <w:br/>
+                格林伍德：http://www.greenwoodpark.ru/mvkot/礼花：http://www.hotelsalut.ru/天空：https://skypoint-delta.ru/宇宙：https://sheremetyevo.cosmosgroup.ru/en或同等级酒店
                 <w:br/>
                 圣彼得堡四星酒店参考：波罗的海https://www.booking.com/hotel/ru/park-inn-pribaltiyskaya-st-petersburg.ru.html普尔克沃https://www.booking.com/hotel/ru/park-inn-pulkovskaya.ru.html你好酒店：http://nihaohotel.ru/25/7酒店：https://25-7.ru/或同等级酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
@@ -1942,51 +1944,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-07</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>