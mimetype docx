--- v0 (2025-11-02)
+++ v1 (2026-01-11)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【特惠•海岛臻好玩】海南博鳌三亚双飞5天｜海花岛｜西岛｜大小洞天｜直升机体验｜夜游三亚湾｜龙门激浪行程单</w:t>
+        <w:t xml:space="preserve">【特惠•海岛臻好玩】海南博鳌三亚双飞5天｜海花岛｜西岛｜天涯海角｜南山海上观音｜夜游三亚湾｜龙门激浪行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">广东一地成团</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -406,71 +406,67 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 甄选好眠：升级1晚三亚网评4钻酒店
-                <w:br/>
                 ★ 嗨玩双岛 
                 <w:br/>
                 一站式打卡【海花岛】--玩转双子沙滩、风情街、美食街、婚礼庄园、梦幻灯光秀、海洋乐园、水上王国等
                 <w:br/>
                 打卡“海上桃源”--【西岛】，走访百年渔村、打卡网红滨海美景、邂逅悬崖上的秘境......
                 <w:br/>
-                ★ 网红打卡 
-[...11 lines deleted...]
-                走进千年渔港与南海之门--潭门小镇，逛潭门老街，品尝海鲜，感受地道渔港生活气息
+                ★ 玩转经典 &amp;网红打卡
+                <w:br/>
+                礼拜108米海上观音圣象--5A【南山文化旅游区】，祈福圣地，解锁打卡新姿势“求缘求财求暴富”
+                <w:br/>
+                爱与浪漫同行--5A【天涯海角】；海南明信片、新晋网红婚拍圣地，随手一拍满屏大片
+                <w:br/>
+                醉看三亚--【夜游三亚湾】夜幕下的另一面三亚；
+                <w:br/>
+                途径【万宁沿海公路段】--半边椰林半边海，打卡《非II》拍摄地-【石梅湾+凤凰九里书屋】
+                <w:br/>
+                走进兴隆镇，感受当地地道咖啡文化--【兴隆咖啡文化园】；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -638,123 +634,109 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">琼海主推酒店：琼海椰枫酒店/皇家骑士/金太阳/金银岛大酒店/泰和大酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">琼海主推酒店：琼海泰和智能酒店/金太阳酒店(琼海步行街店)/琼海好马商务酒店（银海杂粮街店）/剑发宏达/白玉兰酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 琼海-儋州（车程约3小时）
                 <w:br/>
                 ◎  酒店享用早餐；
                 <w:br/>
-                ◎  乘车前往儋州（车程约2.5小时），游览【儋州火山岩口岸-龙门激浪】（游览时间不少于60分钟），这里是原始的海岸火山口，未被开发的，你能看到长满青苔的礁石被海水🌊打磨的形状各异！你会惊叹大自然的鬼斧神工！沙滩虽然没东线那么细白，但有仙人掌、礁石、灯塔、大风车、渔船等景观，一副野海滩景象，被誉为海南隐藏的小墨西哥。
-[...1 lines deleted...]
-                ◎  而后前往参观【儋州千年古盐田】（外观+远观，盐田出于保护原因不得入内参观，请知悉）：是我国目前保存比较完好的古盐场，所沿用至今的古老传统制盐工艺是中华民族民间传统制盐手工业发展的历史见证，目前这最古老的晒盐工艺，已被列入国家级非物质文化遗产名录。
+                ◎  乘车前往游览【琼海红色娘子军纪念园】（游览时间不少于60分钟，逢周一闭馆；如遇闭馆则调整为游览北仍村），是为纪念第二次国内革命战争时期诞生的“中国工农红军第二独立师女子军特务连”而建造的文化旅游区。瞻仰红色娘子军塑像，感受她们的英勇气概。
+                <w:br/>
+                ◎  而后乘车前往儋州（车程约2.5小时），游览【儋州火山岩口岸-龙门激浪】（游览时间不少于60分钟），这里是原始的海岸火山口，未被开发的，你能看到长满青苔的礁石被海水🌊打磨的形状各异！你会惊叹大自然的鬼斧神工！沙滩虽然没东线那么细白，但有仙人掌、礁石、灯塔、大风车、渔船等景观，一副野海滩景象，被誉为海南隐藏的小墨西哥。
                 <w:br/>
                 ◎  午餐品尝儋州盐焗鸡
                 <w:br/>
                 ◎  下午登陆【中国海花岛1号岛】中国海南海花岛，汇聚数百位国内外建筑大师，斥资千亿重构世界文化旅游版图。项目总占地面积约8平方公里，拥有得天独厚的地理优势与生态环境，汇聚了全球28大热门旅游业态，倾力打造集主题乐园、度假酒店、购物美食、会议会展、滨海娱乐、文化演艺等于一体的一站式国际化度假目的地。
                 <w:br/>
-                ◎  海花岛游览项目打卡攻略：
-[...13 lines deleted...]
-                打卡点7-童世界海洋乐园（费用不含）：由美国旅游和休闲设计公司艾迪泰克（IdeAttack）与PGAV设计，拥有先进的人工海洋生态系统，是奇幻互动体验式大型极地海洋公园。内含极地世界、热带雨林、深海梦幻三大生态圈，拥有23项游玩项目、近2万平方米的海洋生物科研基地和国际先进的海水养殖保育系统，汇聚白鲸、海狮、企鹅、北极熊、海豚等全球多种海洋生物，展示众多鲨鱼种类，让游客与海洋生物零距离接触，是与海洋生物全方位互动的体验式乐园！
+                可免费打卡风情街、婚礼庄园、灯光秀等等
                 <w:br/>
                 温馨提示：海花岛岛上项目部分为免费开放，部分景区收费，如需游玩请当地自理门票等费用；
                 <w:br/>
                 晚餐后可自行前往欣赏【灯光秀】。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：龙门激浪、外观千年古盐田、海花岛
+                景点：龙门激浪、海花岛、红色娘子军纪念园
                 <w:br/>
                 自费项：海花岛收费园区项目，价格以景区当天挂牌价为准，非必消，自愿选择消费原则；
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -790,213 +772,191 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 儋州-三亚（车程约3小时）
                 <w:br/>
                 ◎  酒店享用早餐；
                 <w:br/>
-                ◎  乘车三亚（车程约3小时），游览国家5A景区【大小洞天】（时间不少于120分钟），走入大小洞天，映入眼帘的是一个巴厘岛式的天空之境，在这里拍照，石雕和人像倒映在水面上。在门口附近，有布满白鸽的蓝色房子以及造型别致的鸟巢与心型编织藤蔓，每一种都能拍出美美的照片，留下属于这里的大海回忆。走入大小洞天的岩洞中，感受岩洞的清凉，有一种面朝大海的美妙。通往景区的尽头，有一片颇为特别的沙滩，密布着礁石，透过蔚蓝的海水，俯瞰沙滩，更成为一幅颜色丰富的画卷。来到景区标志景点灯塔，守候和指明方向是灯塔的意义，这里也成为了情人们最钟情的景点。
-[...1 lines deleted...]
-                ◎  下午前往国家4A级景区【西岛】（含往返船费，含上下岛时间不少于3小时），开始你的inslandwalk。
+                ◎  乘车三亚（车程约3小时），前往国家4A级景区【西岛】（含往返船费，含上下岛时间不少于3小时），开始你的inslandwalk。
                 <w:br/>
                 这里有着原始的海岛风光和质朴的渔家风情，被称为“海上桃源”，漫步百年渔村或柔软洁白的沙滩，倾听着海风的柔柔细语，在辽阔的海天之间，海风裹挟着大海清新的味道，空气中都是愉悦和自在的气息。
                 <w:br/>
-                ◆任务1：逛百年渔村，寻找珊瑚礁老房子
-[...9 lines deleted...]
-                备注：夜游三亚湾+直升机飞行体验打包项目自理（费用288元/人，报名时需收取费用）
+                可自行闲逛百年渔村，寻找珊瑚礁老房子；或寻找海上书屋：在西岛渔村的尽头，藏着一座充满文艺气息的海上书屋。这座由旧渔船改造而成的书屋，面朝大海，春暖花开。
+                <w:br/>
+                或探秘海底世界（潜水、摩托艇、海上拖伞、香蕉船等海上娱乐项目费用不含）
+                <w:br/>
+                ◎  岛上午餐自理
+                <w:br/>
+                ◎  下午游览国家5A景区【天涯海角】（时间不少于120分钟，不含电瓶车），这里海水澄碧， 烟波浩瀚，帆影点点，椰林婆娑，奇石林立、水天一色，观“南天一柱、天涯、海角”等石刻，感受天之边缘，海之尽头的意境。
+                <w:br/>
+                ◎  晚上打卡【夜游三亚湾】（必消288元/人，游览时间约60分钟），美丽的三亚湾，奢华的凤凰岛，夜幕降临时，海风微微吹起，涛声不断敲打着海岸，灯火辉煌的椰梦长廊，乘着游轮开始神奇、浪漫、刺激的海上之旅。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：大小洞天、西岛、夜游三亚湾
-[...1 lines deleted...]
-                自费项：大小洞天电瓶车/园区项目、西岛岛上娱乐项目等均不含，价格以景区当天挂牌价为准，非必消，自愿选择消费原则；夜游三亚湾+直升机飞行体验打包项目（必消费用288元/人，报名时需收取费用）
+                景点：天涯海角、西岛、夜游三亚湾
+                <w:br/>
+                自费项：大小洞天电瓶车/园区项目、西岛岛上娱乐项目等均不含，价格以景区当天挂牌价为准，非必消，自愿选择消费原则；夜游三亚湾（必消费用288元/人，报名时需收取费用）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚主推酒店：三亚金立大酒店/三亚子悦金贸花园套房度假酒店/黄河京都/君锦滨海/三亚心一境禅意大酒店或不低于以上标准网评4钻酒店</w:t>
+              <w:t xml:space="preserve">三亚主推酒店：如家精选酒店(三亚湾壹号店)/和颐至格酒店(三亚市政府情人桥店)/三亚悦家度假酒店（亚龙湾和泓假日阳光店）/三亚湾美多M精品酒店/康福瑞橡树庄园酒店(三亚湾椰梦长廊店)或不低于以上标准网评3钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚-万宁（车程约1.5小时）-海口（车程约2.5小时）
                 <w:br/>
-                ◎  早餐后，自由活动。
-[...15 lines deleted...]
-                ◎  途径【万宁沿海公路段】被誉为“会讲故事”的旅游公路，驱车行驶在这条公路沿线，大海、沙滩、山岭、内海、河流、田园等多种风光令人应接不暇，车在路上行，人在画中游；
+                ◎  早餐后，前往游览【南山文化旅游区】（游览时间不少于180分钟，不含电瓶车），南山文化旅游区是海南省依托南山独特的山海天然形胜和丰富的历史文化渊源开发建设的佛教文化展示园区，园区景点众多，佛学氛围浓厚，其中最为有名的便是伫立于金刚洲上【海上观音像】，圣像高108米，是世界最大的观音像。像体为观音的一体三尊，分别呈持珠、持莲、持箧的造型。圣像脚踏莲花宝座，面容慈悲庄严，令人不由崇敬之情。除了南海观音相外，园内更展出有国宝级的金玉佛像和专门的佛教文化交流中心，让您在南海之滨了解海南独特的佛教文化；造访【长寿谷】，在百寿谷里找寻潜藏的“寿”字，感受浓厚的长寿文化气息。
+                <w:br/>
+                ◎  午餐后，途径【万宁沿海公路段】被誉为“会讲故事”的旅游公路，驱车行驶在这条公路沿线，大海、沙滩、山岭、内海、河流、田园等多种风光令人应接不暇，车在路上行，人在画中游；
+                <w:br/>
+                ◎  而后游览【石梅湾】（游览时间约50分钟）三面环山，一面向海，山形秀美，可以媲美夏威夷。这里曾经也是《非诚勿扰》的拍摄地，和热情火辣的三亚不同，这里更小众，也是2023年很多旅游博主力推的海湾。【凤凰九里书屋】“海南最美书屋”离大海仅有一步之遥，在这里听涛、看浪、品书香，山的静谧，海的开阔，跟随书的脚步，找到自己最美的时光；。
                 <w:br/>
                 ◎  下午走进咖啡之乡、华侨之乡万宁兴隆镇，【兴隆咖啡文化园】（时间不少于1小时），追寻兴隆咖啡的70年历史记忆，感受浓浓归侨风情，了解世界咖啡发展历史，参观咖啡种植园，了解咖啡从鲜果到杯子的全过程 ，咖啡的不同冲煮方式 ，兴隆咖啡传统非遗焙炒工艺。品正宗兴隆咖啡，为家人朋友带回海南最特色伴手礼！
                 <w:br/>
-                ◆【趣味摘椰子】（如无法体验情况下则取消此体验活动，仅提供品尝椰子），挑战特色趣味项目摘椰子，体验椰子的采摘过程，品尝亲手摘下的椰子，满足感和趣味性拉满。
-[...4 lines deleted...]
-                <w:br/>
                 交通：旅游车
                 <w:br/>
-                景点：直升机体验、车览万宁沿海公路、兴隆隆苑咖啡园、海浪免税城、潭门小镇
+                景点：南山、车览万宁沿海公路、兴隆隆苑咖啡园、石梅湾
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">琼海主推酒店：琼海椰枫酒店/皇家骑士/金太阳/金银岛大酒店/泰和大酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">琼海主推酒店：琼海泰和智能酒店/金太阳酒店(琼海步行街店)/琼海好马商务酒店（银海杂粮街店）/剑发宏达/白玉兰酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1009,51 +969,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 琼海-广州（飞行时间约70分钟）
                 <w:br/>
                 早上根据航班时间约定送团，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、航班参考：琼海博鳌-广州AAQ1146/07:10-08:40，如出AQ航空机票行李额仅含15kg，最终航班以实际出票为准。
                 <w:br/>
                 3、今日航班比较早，故只安排打包早餐带走（简餐），请谅解；
                 <w:br/>
                 4、今日只含送机一趟，不含车/导游服务
                 <w:br/>
                 5、此团6人以上发团，如人数末到达6人以上，由我社提前5天通知协调更换其他线路，如不同意可全额退款，我社不承担任何责任，敬请谅解；
                 <w:br/>
                 6、因团队价格为打包优惠价格，持军官证、记者证、老年证、导游证等证件以及60岁及以上的游客，不做任何减免和优惠且费用不退；
                 <w:br/>
-                7、此为特价线路，儿童如需按成人标准操作（需加收100元/人）且无任何退费；
+                7、此为特价线路，必消费用288元/人（报名时请交付报名点）；
+                <w:br/>
+                7、60岁以下成人需补南山门票129元，60-69岁长者补南山门票65元（不含电瓶车）
                 <w:br/>
                 交通：飞机+送机一趟
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：打包早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1127,65 +1089,65 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：广州—琼海往返程机票经济舱、机场建设费、燃油税（不含临时上调的机场税费）；
                 <w:br/>
                 如遇航空公司航班取消或者计划调整等特殊情况，我司有权利调整航班，最终航班以届时出票信息为准。因航班不稳定，如有出到计划外或者加班机航班，出票前另行通知，如出计划内航班不另行通知，团队出发前24小时通知航班信息。
                 <w:br/>
                 2、住宿：当地高档标准双人间+1晚海花岛2号岛/3号岛民宿（不指定具体民宿）；不提供自然单间，出现单男单女，单房差不含，如不补房差，则尽量安排三人间或加床；定制类团队产品另议；如入住当晚房间有问题，请及时通知导游处理，过后不作处理，请团友谅解。海花岛无法加床/无三人房，单人请提前补房差。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但 未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
-                3、用餐：全程安排4早4正，早餐酒店含（不用不退，部分酒店为5点一粥或围桌早，D5天早餐为打包早），品质团餐25元/人，，围桌8-10菜1汤，8-10人1桌，人数增减时，菜量相应增减，但维持餐标不变；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。低于8人如无法安排用餐则退餐自理。
+                3、用餐：全程安排4早4正，早餐酒店含（不用不退，部分酒店为5点一粥或围桌早，D5天早餐为打包早），品质团餐25元/人，围桌8-10菜1汤，8-10人1桌，人数增减时，菜量相应增减，但维持餐标不变；此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。低于8人如无法安排用餐则退餐自理。
                 <w:br/>
                 4、用车：根据实际人数安排当地5-50座空调旅游车，保证每人一正座；
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费；不含全陪；8人以下（含儿童）安排导游兼司机（持导游证+驾驶证服务）；
                 <w:br/>
                 6、景点：行程注明含景点第一道门票（不含景区内自设项目，另有约定的除外），行程中包含的“西岛”景区因工具特殊，景区对70岁以上老人及行动不便人士（如：孕妇）不予接待，如坚持上岛需与景区签署免责协议。部份景区内设的购物商场，属于景区自行商业行为，不属于旅行社安排的购物商店，旅行社不承担相关责任，游客可自主选择。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、 军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减 优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、2-11周岁儿童：1.2米以下含往返机票、正餐费及车位费，其他均不含，超高门票/早餐费用当地自理；超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。
                 <w:br/>
                 2岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
-                8、购物点：无（海旅免税城为正规离岛免税城）；
+                8、购物点：无；
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用， 公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地 特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购 物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1207,51 +1169,53 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住 宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、单人出行出发前需补足房差；三人出行如不补房差则尽量安排三人间，无三人间则安排加床（多数为钢丝床）。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、航空公司临时增加的燃油附加费。
                 <w:br/>
                 6、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 7、12岁以下儿童不占床，不含超高费用（早餐/门票）。超高儿童现场补门票以景区规定金额为准，非团队政策有可能高于儿童门票价格请知悉。2 岁以下婴儿不含任何费用，全部由家长自理；
                 <w:br/>
                 9、娱乐项目：海上娱乐项目/园中园项目等，客人可根据自身情况考虑是否消费；部分景区不含电瓶车，游客可选择乘坐电瓶车或徒步游览，不影响正常的游览参观。
                 <w:br/>
-                10、必消项目（夜游三亚湾加赠直升机飞行体验1圈小起落）288元/人，请报名时支付
+                10、必消项目（夜游三亚湾）288元/人，请报名时支付
+                <w:br/>
+                11、60岁以下成人需补南山门票129元，60-69岁长者补南山门票65元（不含电瓶车）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1367,51 +1331,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">夜游三亚湾</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">必消项目（夜游三亚湾加赠直升机飞行体验1圈小起落），请报名时支付</w:t>
+              <w:t xml:space="preserve">必消项目，请报名时支付</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1474,51 +1438,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                1、本产品供应商为：广州逍遥民间国际旅行社有限公司，许可证号：L-GD-100806，质监电话：020-83371233）。此团 6人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州逍遥民间国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州逍遥民间国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                1、本产品供应商为：广州民间假期国际旅行社有限公司，许可证号：L-GD-103425，质监电话：020-19966271941）。此团 10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州民间假期国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州民间假期国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 如报名人数不足4成人时无法成团，或遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等）致使团队无法按期出行，我社提前5天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票 出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末 站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事 说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受 旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整 由当地导游与游客签名确认。
                 <w:br/>
                 3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的 情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选 用 2 个或以上的航班班次）。
                 <w:br/>
                 4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名， 且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！
                 <w:br/>
                 5、团队均提前5天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含 改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际 损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客 人可自行前往航空公司办理），特此说明。
                 <w:br/>
                 6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行 程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、 天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩 短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退 还。
                 <w:br/>
                 7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃 游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人 擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游 客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一 切行为责任游客自负。
                 <w:br/>
                 8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性 原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅 游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须 知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会 造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造 成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 9、海口/三亚 地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 10、购物：三亚地区旅游发展较为成熟，包括大部分景区，公园，博物馆，纪念馆，展览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 11、行程服务项目特别约定及说明： A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做 一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
@@ -1718,51 +1682,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-02</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-12</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>