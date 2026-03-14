--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【劲爆河南】河南双飞6天丨太行山万仙山-郭亮村-挂壁公路丨中原好莱坞·黄河影视城丨栾川老君山丨丨林州红旗渠 丨焦作云台山丨济源黄河三峡丨陈家沟丨洛邑古城行程单</w:t>
+        <w:t xml:space="preserve">【劲爆河南】河南双飞6天丨太行山万仙山-郭亮村-挂壁公路丨洛阳牡丹甲天下丨中原好莱坞·黄河影视城丨栾川老君山丨丨林州红旗渠 丨焦作云台山丨济源黄河三峡丨太极祖庭陈家沟丨洛邑古城行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XFX-20250811H3</w:t>
+              <w:t xml:space="preserve">XFX-20260123H3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,59 +343,83 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-邯郸：HU7293/18:30-21:05
-[...1 lines deleted...]
-                邯郸-广州：HU7294/21:50-00:05
+                广州-运城：CA4594/0740-1020  
+                <w:br/>
+                运城-广州：CA4593/1105-1335
                 <w:br/>
                 或
                 <w:br/>
-                广州-安阳：CZ8225/08:30-11:00
-[...1 lines deleted...]
-                安阳-广州：CZ8226/11:55-14:35
+                广州-郑州CZ3971/07:30-09:40
+                <w:br/>
+                郑州-广州CZ8534/18:05-20:35
+                <w:br/>
+                或
+                <w:br/>
+                广州-安阳CZ8249/12:50-15:20     
+                <w:br/>
+                安阳-广州CZ8250/16:25-19:15   
+                <w:br/>
+                或
+                <w:br/>
+                广州-洛阳CZ3363/07:15-09:45
+                <w:br/>
+                洛阳-广州CZ3364/10:25-12:50
+                <w:br/>
+                或
+                <w:br/>
+                广州-邢台CZ8245/14:45-17:50  
+                <w:br/>
+                邢台-广州CZ8246/18:40-21:35
+                <w:br/>
+                或
+                <w:br/>
+                广州-菏泽CZ3125/ 06:50-09:10
+                <w:br/>
+                菏泽-广州CZ3126/ 10:30-13:00
                 <w:br/>
                 <w:br/>
                 （仅供参考，以实际出票为准，行程游览顺序根据出票航班时间调整为准！）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -588,496 +612,496 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-安阳/邯郸（飞行约3小时）
-[...1 lines deleted...]
-                广州机场根据航班时间飞机赴安阳/邯郸！接团后乘车前往酒店安排入住休息。
+                广州—安阳/运城/邢台/郑州/菏泽/洛阳/南阳/临汾（航班待定，飞行约3小时）
+                <w:br/>
+                广州机场根据航班时间飞机赴安阳/运城/邢台/郑州/菏泽/洛阳/南阳！接团后乘车前往酒店安排入住休息。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">林州/安阳：林州静雅华谊、朝阳商务、东山小筑；美仑酒店、都市易家、喜鹊酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">安阳/林州/临汾：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 万仙山—黄河影视城（汽车）
                 <w:br/>
                 早餐后，乘车赴国家AAAA级景区-【万仙山景区】（车程约2小时）（参观约3小时）换乘景区环保车到达中华影视村-【郭亮】。郭亮村三面环山，一面临崖，近乎绝境，被称为“世界上最危险的村庄”；先后有《清凉寺声》《倒霉大叔的婚事《举起手来》等40多部影片在此拍摄。沿绝壁行走看红岩绝壁大峡谷，峡谷宽5-500米，堪比美国科罗拉多大峡谷，游览被誉为 “世界第八大奇迹”郭亮洞被称世界最险要十条路"之一、"全球最奇特18条路"之一；后游览清幽山乡—【南坪】镇山之石-日月星石，“天有三宝日月星，地有三宝水火风，人有三宝精气神，三宝精华聚南坪”，绝色佳境---黑龙潭瀑布，瀑布落差64米，瀑布壑口2米多深，上宽下窄，如一束高悬的银丝垂落。
                 <w:br/>
-                后乘车前往焦作，游览【黄河影视城】（车程约2小时）是国家AAAA级旅游景区，以影视拍摄服务为主，兼具观光旅游、文化娱乐、休闲度假，是首批“全国影视指定拍摄基地”。是“中国十大影视城”、“全国首批九家影视拍摄基地”。影视城依山而建，气势磅礴，造型古朴，设施完善，环境优美。主要由城门广场区、周王宫区、楚王宫区和市井区四部分组成。城门广场区以铜铸方鼎、西周东迁和大秦一统的大型浮雕、青铜武士、古钱币状大门，高耸入云的古战旗以及三皇、六哲人、四神兽雕塑等为代表，集中体现了影视城所处历史时期的政治文化色彩。周王宫区包括周王宫、摄影棚和灵台。周王宫气势雄伟、古朴典雅，充分体现了中原文化质朴、粗犷的文化底蕴。楚王宫区充分体现了长江流域楚文化的丰富内涵，楚王宫的秀美、亮丽，琵琶湖的诗情画意，宾馆的富丽堂皇，古战场场面的宏大、壮观使人顿觉爽心惬意。市井区集中体现了春秋战国时期平民百姓生产、生活的场境，黄泥墙、茅草屋、小作坊，在国内影视城中绝无仅有。焦作影视城让您充满向往和留恋。后前往酒店安排入住休息。
+                后乘车前往焦作（车程约2小时），游览【黄河影视城】是国家AAAA级旅游景区，以影视拍摄服务为主，兼具观光旅游、文化娱乐、休闲度假，是首批“全国影视指定拍摄基地”。是“中国十大影视城”、“全国首批九家影视拍摄基地”。影视城依山而建，气势磅礴，造型古朴，设施完善，环境优美。主要由城门广场区、周王宫区、楚王宫区和市井区四部分组成。城门广场区以铜铸方鼎、西周东迁和大秦一统的大型浮雕、青铜武士、古钱币状大门，高耸入云的古战旗以及三皇、六哲人、四神兽雕塑等为代表，集中体现了影视城所处历史时期的政治文化色彩。周王宫区包括周王宫、摄影棚和灵台。周王宫气势雄伟、古朴典雅，充分体现了中原文化质朴、粗犷的文化底蕴。楚王宫区充分体现了长江流域楚文化的丰富内涵，楚王宫的秀美、亮丽，琵琶湖的诗情画意，宾馆的富丽堂皇，古战场场面的宏大、壮观使人顿觉爽心惬意。市井区集中体现了春秋战国时期平民百姓生产、生活的场境，黄泥墙、茅草屋、小作坊，在国内影视城中绝无仅有。焦作影视城让您充满向往和留恋。后前往酒店安排入住休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：太行山万仙山、黄河影视城
+                景点：太行山万仙山（挂壁公路）、黄河影视城
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">焦作：华熙商旅、云水涧、方圆酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">焦作：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                焦作—陈家沟—黄河三峡（汽车）
-[...5 lines deleted...]
-                后乘车前往洛阳，游览【中原渡口-洛邑古城】（车程约2小时）（自由活动约1小时）这里极具古韵，拥有众多历史遗迹。“洛邑”是洛阳古时的旧称，历经十三朝古都，这里沉淀了太多的华夏文化。行走在洛邑古城内，城墙、古院、老树等，每一处都令人沉醉。之后入住酒店休息。后安排入住酒店。
+                焦作—老君山—洛邑古城（汽车）
+                <w:br/>
+                早餐后，乘车（车程约4小时）赴《中国范围内只针对国人开放的景区老君山》：游览国家AAAAA级景区，国家级自然保护区，伏牛山世界地质公园，国家地质公园前往【老君山景区】（参观约3小时）中国北方道教信众拜谒圣地，中原山水文化杰出 代表原名景室山，是秦岭余脉八百里伏牛山脉的主峰，西周时期，因“守藏室史”李耳（著名的 “老子”）到此归隐修炼，被道教尊为太上老君，唐太宗赐名为“老君山”，沿袭至今，成为道教 主流全真派圣地。乘中灵索道或者云景索道：后游览【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，十里长的栈道一挪一景，处处是画。【金顶道观群】走完十里画屏就到达金碧辉煌，大气磅礴的金顶，这里主要参拜、祈福的殿堂。祈求官运、福禄、姻缘都可以。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1）	老君山景区参观期间，大部分台阶、切记观景不走路、走路不观景。
+                <w:br/>
+                2）	老君山是秦岭余脉八百里伏牛山脉、网红打卡地、力压三雄。
+                <w:br/>
+                3）	中灵大索道或者云景大索道（两个索道交替运行）
+                <w:br/>
+                4）峰林小索道往返80元人，游客根据自己的身体情况自由选择。
+                <w:br/>
+                后乘车前往洛阳（车程约2小时），游览【中原渡口-洛邑古城】（自由活动约1小时）这里极具古韵，拥有众多历史遗迹。“洛邑”是洛阳古时的旧称，历经十三朝古都，这里沉淀了太多的华夏文化。行走在洛邑古城内，城墙、古院、老树等，每一处都令人沉醉。后入住酒店休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：陈家沟、黄河三峡景区、洛邑古城
+                景点：老君山景区、中原渡口-洛邑古城
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">洛阳：申泰酒店、都市花园、蓝途酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">洛阳：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳—老君山—焦作（汽车）
-[...13 lines deleted...]
-                4）峰林小索道往返80元人，游客根据自己的身体情况自由选择。
+                洛阳—黄河三峡—陈家沟—焦作（汽车）
+                <w:br/>
+                早餐后，赠送游览【牡丹园】（参观约1小时）(3月室内牡丹园开放，具体以景区开放为准，如若未开放的排期则不安排参观牡丹园！如因花期问题或受天气影响，未能欣赏到花景，我社不作赔偿，敬请谅解！）牡丹是我国传统观赏名花，洛阳牡丹栽培始于隋，盛于唐，宋时甲于天下。它雍容华贵、国色天香、富丽堂皇，寓意吉祥富贵、繁荣昌盛，是华夏民族兴旺发达、美好幸福的象征。花朵硕大，品种繁多，花色奇绝，层次分明、花色众多，色彩瑰丽，有红、白、粉、黄、紫、蓝、绿、黑及复色9大色系、10种花型、1000多个品种。每年4月份绽露芳容，游人络绎不绝“花开花落二十日，一城之人皆若狂”。
+                <w:br/>
+                后乘车赴世界地质公园、国家4 A 级景区、中原四大避暑胜地、号称“万里黄河第一峡”- 【黄河三峡景区】（车程约2小时）。从1号码头登上游船，您将首先进入鬼斧神工、群峰竞秀的孤山峡，游中国风水之源天门、 赏皇家风水宝地“ 犀牛望月”、孟良水寨、 八角天柱山、翠屏峰等；接着进入峭壁如削、雄伟壮观的八里峡， 最后到达九曲十折、峡深谷幽的龙凤峡，穿行于皇冠岛、 情侣岛之中，感受爱情峡谷之诗情画意， 后乘坐亚洲第一大空中巴士，横跨黄河，赴桃花岛景区 ，通过国内第一跨度的跨河缆车即 可进入世外桃源、蓬莱仙境——桃花岛。登桃花岛，可临天下鼎气龙穴之案山祈福神龙！ 可登孟良、 焦赞曾盘踞的悬崖壁立、 易守难攻的孟良寨。 可登八角山朝天阙 叩拜祭天，模仿古人与上天对话。
+                <w:br/>
+                后乘车赴【太极祖庭·陈家沟】（车程约1小时）陈家沟位于河南省温县城东5公里处的清风岭上，地处中原经济区核心区，因太极拳而驰名中外。景区总占地3500余亩，景区内有太极拳祖祠、祖林、杨露禅学拳处、陈照丕陵园、东大沟习武场、太极拳博物馆、中华太极拳文化园以及待建和在建的名人故居、大皂角树造拳处、国际太极拳文化交流中心、太极学院、太极养生旅游基地等，被命名为“中国太极拳发源地”。亲身感受当今世界上最流行、最时尚的运动——太极拳，探索太极养生的奥秘。后安排入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：老君山景区
+                景点：牡丹园、黄河三峡景区、太极祖庭·陈家沟
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">焦作：华熙商旅、云水涧、方圆酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">焦作：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                云台山—林州/安阳（汽车）
-[...3 lines deleted...]
-                后乘车前往林州/安阳（车程约2小时），安排酒店入住。
+                云台山—林州/开封/运城/洛阳/南阳（汽车）
+                <w:br/>
+                早餐后，乘车赴2008国际奥委会全国唯一指定向运动员、外宾推荐山水品牌景观目的地----中国首批世界地质公园,国家AAAAA级重点风景名胜区【云台山】游览中原第一奇峡—东方自然山水画廊【红石峡】（温盘峪，游览时间约2小时）：红石峡（温盘峪）位于子房湖南，以独具特色的“北方岩溶地貌”被列入首批世界地质公园名录。峡内夏日凉爽宜人，隆冬青苔卉莳草翠，故称温盘峪。云台山红石峡是云台山景点的精华，集秀、幽、雄、险于一身，峡谷全长1500米，为单行线景点，游览需要约一个半小时左右。谷口南端有一狭窄的峡谷称为“一线天”，且有瀑高60余米的白龙瀑布。红石峡集泉瀑溪潭涧诸景于一谷，融雄险奇幽诸美于一体，被风景园林专家称赞为“自然界山水精品画廊”。
+                <w:br/>
+                后乘车前往酒店，安排入住休息。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：云台山景区
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">林州/安阳：林州静雅华谊、朝阳商务、东山小筑；美仑酒店、都市易家、喜鹊酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">林州/开封/运城/洛阳/南阳：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                红旗渠—安阳/邯郸—广州（飞行约3小时）
+                安阳/运城/邢台/郑州/菏泽/洛阳/南阳/临汾—广州（飞行约3小时）
                 <w:br/>
                 早餐后，乘车赴世纪工程、世界八大奇迹，被誉为“人工天河”的---【红旗渠】（参观约2小时）参观分水枢纽工程--【分水苑】，观大型浮雕、六幅彩照、纪念碑、分水闸、及相关展厅等；后游览【青年洞】是红旗渠总干渠上的咽喉工程，在太行山悬崖绝壁之上走宽8米高4.3米渠道，忆虎口崖除险队长任养成和社员腰系大绳下崖除险惊天动地的场面、思崖当房石当床的艰苦条件；回顾 【1959年至1961年期间由于大跃进运动及全国性的粮食短缺和饥荒；大环境下修建的生命之渠】了解人民用自己勤劳的双手，在太行山脉上逢山凿洞、遇沟架桥、一锤一钎坚持苦干十年，建成的盘绕林滤山长达1500公里的引水灌溉工程；以展厅的形式了解红旗渠的修建过程；观一线天、双锁关、步云桥、山碑、青年洞、十水言碑、小三峡络丝潭等；
                 <w:br/>
                 后根据航班时间前往机场，搭乘飞机返回广州，结束此次愉快的河南之旅！
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
                 景点：红旗渠景区
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1765,51 +1789,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>