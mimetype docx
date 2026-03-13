--- v0 (2025-12-24)
+++ v1 (2026-03-13)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【邂逅新马】新马双飞五天四晚|新入马出|不走回头路|网红下午茶|入住2晚吉隆坡5钻酒店|南航行程单</w:t>
+        <w:t xml:space="preserve">【邂逅新马】新马双飞五天四晚|新入马出|南航正点|不走回头路|网红下午茶|行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA17491161881g</w:t>
+              <w:t xml:space="preserve">SA17491161881g-WT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,110 +343,106 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-新加坡CZ353  08:20-12:30
-[...1 lines deleted...]
-                吉隆坡-广州CZ8302 18:00-22:03
+                广州-新加坡 CZ353   0825-1230/CZ3039  1245-1650        
+                <w:br/>
+                吉隆坡-广州 CZ8302  1810-2230/CZ350  1325-1735/CZ3048  1445-1905
                 <w:br/>
                 航班仅供参考，具体以出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【网红景点】吉隆坡2座唯美清真寺、彩虹阶梯、沙罗马天桥，新加坡欢乐岛。
-[...7 lines deleted...]
-                【新入马出】搭乘南方航空，新入马出不走回头路，节省至少6小时车程。
+                行程亮点	滨海湾花园、鱼尾狮公园、马六甲文化巡礼、沙罗马天桥、双峰塔、彩虹阶梯、粉红清真寺、国家清真寺
+                <w:br/>
+                特色美食	餐标40-60元/餐，餐餐不重样，南洋美食排排队，安排最火夜市寻味吉隆坡：
+                <w:br/>
+                百年邮局下午茶、新加坡海南鸡饭、马来风味肉骨茶火锅、奶油虾、面包鸡、娘惹餐。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -563,436 +559,465 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—新加坡-滨海湾花园-鱼尾狮-欢乐岛
+                广州—新加坡-滨海湾花园-鱼尾狮-圣淘沙
                 <w:br/>
                 请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往花园城市【新加坡】，开启精彩行程。
                 <w:br/>
-                【滨海湾花园】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
+                <w:br/>
+                【滨海湾花园户外广场】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
+                <w:br/>
                 <w:br/>
                 【鱼尾狮公园】（约30分钟）新加坡地标鱼尾狮所在地，途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
                 <w:br/>
-                随后前往新加坡集娱乐、休闲、美食、购物于一体【欢乐岛】（自由活动约1小时）。
+                <w:br/>
+                随后前往新加坡集娱乐、休闲、美食、购物于一体【圣淘沙岛】（自由活动约1小时）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">新加坡豪华酒店</w:t>
+              <w:t xml:space="preserve">新加坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 哈芝巷-小印度-马六甲文化巡礼-马六甲海峡
                 <w:br/>
                 早餐后，开启今日新行程：
                 <w:br/>
                 【新加坡百年药油老店】（约30分钟）在这里可以找到新加坡著名的药油及鳄鱼油。 
                 <w:br/>
+                <w:br/>
                 【新加坡珠宝展览中心】（约45分钟）新加坡珠宝设计享誉全球，其精湛的技艺手法，汇集款式新潮时尚。
                 <w:br/>
+                <w:br/>
                 【哈芝巷】（约20分钟）哈芝巷是甘榜格南核心地带，看似悠闲小街上到处都是精致的小店。哈芝巷内本是曾做仓库的战前老房子，现如今这里有很多的特色的小店，巷子内大面积的壁画也可以让人驻足很久。
                 <w:br/>
+                <w:br/>
                 【小印度】（约20分钟）这里是一个印度的缩影，特别是在一些节日，这里都被装点成金碧辉煌的神话世界。
                 <w:br/>
+                午餐后前往马六甲。
+                <w:br/>
                 郑和下西洋所留下的遗迹--【三宝井】和【三宝庙】(约30分钟)(如遇维修,则改为外观);
                 <w:br/>
                 游览富有葡萄牙风格的【圣保罗教堂】、【荷兰红屋】、【葡萄牙古城门】等名胜(约45分钟)。
                 <w:br/>
+                <w:br/>
                 【马六甲海峡】(约15分钟)充满历史的马六甲海峡，拍照留念。
                 <w:br/>
+                后入住酒店休息。
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：海南鸡饭/三宝饭     晚餐：娘惹餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">马六甲豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：海南鸡饭     晚餐：娘惹餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">马六甲当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                高等法院-国家皇宫-吉隆坡城市游-百年邮局下午茶-吉隆坡双峰塔-沙罗马人行天桥-阿罗街夜市
+                高等法院-国家皇宫-百年邮局下午茶-吉隆坡双峰塔-沙罗马人行天桥-阿罗街夜市
                 <w:br/>
                 早餐后，开启今天的行程：
                 <w:br/>
                 【吉隆坡市区观光】（约40分钟）【国家皇宫】【高等法院】【独立广场】。
                 <w:br/>
-                【Comfort LATEX舒适乳胶】（约50分钟）参观马来乳胶中心。
+                <w:br/>
+                【Comfort LATEX舒适乳胶】（约90分钟）参观马来乳胶中心。
+                <w:br/>
                 <w:br/>
                 【百年邮局下午茶】（约40分钟）一家由百年历史的邮政局改造而成的传统咖啡店。这座建筑融合了马来和都铎风格，外墙被绿植覆盖，保留了邮政局原有的模样，营造出浓厚的复古情怀 [何九海南茶店]是一家位于吉隆坡市中心的历史悠久的传统咖啡店，创立于1956年，至今已有超过60年的历史。
                 <w:br/>
+                <w:br/>
                 【吉隆坡双峰塔】（约20分钟）吉隆坡地标合照，最佳合照点合照，不安排登塔。
                 <w:br/>
+                <w:br/>
                 【莎罗马人行天桥】（约30分钟）莎罗马行人天桥以九重葛为主要设计概念，桥身上亦安装四千颗LED灯泡，可发出不同颜色的灯光，在夜晚将随着节日，呈现不同的图案·部分行人天桥的屋顶是利用玻璃片间隔，白天阳光照射至桥身时，其外表将如水晶般闪烁，独特的外型，已成为吉降坡市中心的新地标。
                 <w:br/>
+                <w:br/>
                 【阿罗夜市】（自由活动1.5小时，晚餐自理）吉隆坡最出名的美食街，这里能吃到地道的叻沙、烧鸡翅、马来沙爹火锅、梅子冰饮等等。
                 <w:br/>
+                <w:br/>
                 后入住酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：奶油虾     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">吉隆坡当地超豪华酒店</w:t>
+              <w:t xml:space="preserve">吉隆坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 国家清真寺-彩虹阶梯-乌鲁卡利山
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
-                【巧克力DIY】（约60分钟）了解热带植物可可的种植，可可的发现史和提炼过程，学习并动手制作一个巧克力甜品。
+                <w:br/>
+                【锡器珍宝馆+DIY体验】（约90分钟）在这里你可以亲手制作锡器作为本次旅程的专属个人纪念品，同时还可以到这里是找到马来西亚三大珍宝：植物钻石沉香、品味代表金珍珠红珊瑚、水中珍宝（车渠）等。
+                <w:br/>
                 <w:br/>
                 【国家清真寺】（约30分钟）白蓝的配色，宽敞而明亮的大堂，随处可见的五星印花玻璃，身临此境，似乎伸手就能触摸天地，唯美宁静的场景是随手拍出大片。
                 <w:br/>
+                <w:br/>
                 【彩虹阶梯】参观(约1.5小时)，网红打卡地，沿着彩虹阶梯拾级而上，到达充满自然色彩的独特溶洞，洞内内可欣赏奇形怪状的钟乳石荀、石柱等。
                 <w:br/>
                 温馨提示：溶洞附近较多野生猴子，请保管好自己的物品，勿玩耍和喂食猴子，以免被抓伤。
                 <w:br/>
+                <w:br/>
                 【乌鲁卡利山】(自由活动约1小时)，喻为"南洋蒙地卡罗"，可游玩各项娱乐设施(如室内游乐场，美食街等)
                 <w:br/>
+                <w:br/>
+                后入住酒店休息。
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：面包鸡     晚餐：肉骨风味火锅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">吉隆坡当地超豪华酒店</w:t>
+              <w:t xml:space="preserve">吉隆坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 太子城-粉红清真寺-布城湖-首相署-送机-广州
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
-                【马来土产店】（约50分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
-[...3 lines deleted...]
-                也称普特清真寺，它位于总理府和布城湖的右边。广场侧面是水上清真寺的全貌。这座四分之三建于湖面上的水上清真寺是马来西亚目前最大的清真寺之一，可以同时容纳一万两千人在此做礼拜。每当做礼拜时，清真寺那高高的宣礼塔内播放的古兰经声在清真寺的上空十分悦耳。
+                【大马荣耀土产中心】（约90分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
+                <w:br/>
+                <w:br/>
+                【布城】Putrajaya，马来西亚行政首都，Putra是马来西亚国父東姑阿都拉曼太子的姓氏，而jaya是城市的意思，因此又称太子城。
+                <w:br/>
+                <w:br/>
+                【粉红清真寺】（约20分钟）也称普特清真寺，它位于总理府和布城湖的右边。
                 <w:br/>
                 温馨提示：无礼拜宗教活动时，游客可进入参观，女性游客需在入口右方自行借取罩袍才能進入。
                 <w:br/>
+                <w:br/>
                 【布城湖】（约20分钟）人工湖也是都市规划的一部份，为的是提供这新与都市水源及蓄洪等功能。
                 <w:br/>
+                <w:br/>
                 【首相署】（约15分钟）Pedana Putra，位于路两旁被一棵棵大树包围，排列成一条长长的林阴大道。
                 <w:br/>
-                后送往机场搭乘国际航班返回广州。  
-[...1 lines deleted...]
-                *** 以上行程安排及游览顺序仅供参考，导游可根据当天实际情况进行调整 ***
+                <w:br/>
+                后送往机场搭乘国际航班返回广州。 
+                <w:br/>
+                【温馨提示】如遇中午航班，第五天午餐取消无费用退。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式餐/无     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1101,51 +1126,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1）游客办理个人护照费用、个人消费、小费等其他私人性开支；
                 <w:br/>
                 2）个人旅游意外保险费和航空保险费；
                 <w:br/>
                 3）航空公司临时上涨的燃油税；
                 <w:br/>
                 4）其他未约定支付的费用（包括单间差、节假日旺季升幅、机场内候机和转机的餐食、因不可抗力（如天灾战争罢工等原因）或航空公司航班延误或取消产生的额外用等行程表以外活动项目所需的费用）；
                 <w:br/>
                 5）卫生检疫费、出入境行李的海关税、搬运费、保管费和超重（件）行李托运费；
                 <w:br/>
                 6）酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
-                7）未含马来酒店税10马币/间/晚，当地现付；
+                7）未含马来酒店税10-17马币/间/晚，当地现付；
                 <w:br/>
                 8）未含全程服务费人民币380元/人，随团费一同收取。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1422,122 +1447,193 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">60 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马来西亚土特产店</w:t>
+              <w:t xml:space="preserve">荣耀大马土产中心</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">50 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">锡器珍宝馆</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1909,51 +2005,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>