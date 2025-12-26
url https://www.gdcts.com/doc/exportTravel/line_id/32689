--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -973,75 +973,75 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                往返大交通	  广州南到潮汕往返高铁二等座或广州东到潮汕往返动车二等座
+                1、往返大交通	  广州南到潮汕往返高铁二等座或广州东到潮汕往返动车二等座
                 <w:br/>
                 （儿童6周岁以下不含往返高铁票，6----14周岁之间含往返半高铁票） 
                 <w:br/>
-                住宿标准	汕头/潮州2晚和南澳1晚酒店或同级别酒店  （该行程不安排拼房，若产生单男单女必须补单房差，全程单房差为400元/人三晚）
-[...1 lines deleted...]
-                用餐标准	含3早3正（正餐不用不退费） 早餐：打包早或围桌或自助餐(客栈无餐厅需自理)、
+                2、住宿标准	汕头/潮州2晚和南澳1晚酒店或同级别酒店  （该行程不安排拼房，若产生单男单女必须补单房差，全程单房差为400元/人三晚）
+                <w:br/>
+                3、用餐标准	含3早3正（正餐不用不退费） 早餐：打包早或围桌或自助餐(客栈无餐厅需自理)、
                 <w:br/>
                 正餐：围桌餐，餐标：30元/人
                 <w:br/>
-                用车标准	行程用车 GPS 安全监控系统旅游车 配置空调旅游车（实行滚动发班，确保每人一个正座） 
+                4、用车标准	行程用车 GPS 安全监控系统旅游车 配置空调旅游车（实行滚动发班，确保每人一个正座） 
                 <w:br/>
                 注：行程用车视实际情况，一般正规 19座以下旅游车均无行李箱
                 <w:br/>
-                景点门票	行程中注明含的景点第一道门票（不含景区内设自费项目，另有约定除外） 赠送景点或项目因时间或天气原因不能前往或自动放弃，按“不退费用”和“不更换景点”处理
-[...1 lines deleted...]
-                行程不含自理费用(不强制)：
+                5、景点门票	行程中注明含的景点第一道门票（不含景区内设自费项目，另有约定除外） 赠送景点或项目因时间或天气原因不能前往或自动放弃，按“不退费用”和“不更换景点”处理
+                <w:br/>
+                6、行程不含自理费用(不强制)：
                 <w:br/>
                 儿童标准	儿童6周岁以下（身高1.2以下）含当地半餐费+车费+导游服务费（不占床以及早餐费自理）
                 <w:br/>
                 儿童6----14周岁之间（身高1.2—1.4之间）含当地半餐费+车费+导游服务费+半门票+半高铁票（不占床以及早餐费自理）
                 <w:br/>
-                导游服务	8人以上安排专业导游优质服务，8人以下安排司机兼向导
-[...1 lines deleted...]
-                购物须知	特产店不属于购物店
+                7、导游服务	8人以上安排专业导游优质服务，8人以下安排司机兼向导
+                <w:br/>
+                8、购物须知	特产店不属于购物店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1304,51 +1304,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>