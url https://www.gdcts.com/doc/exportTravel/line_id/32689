--- v1 (2025-12-26)
+++ v2 (2026-03-10)
@@ -1304,51 +1304,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>