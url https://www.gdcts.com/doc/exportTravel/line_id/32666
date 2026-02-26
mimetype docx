--- v0 (2025-10-30)
+++ v1 (2026-02-26)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1747618134FS</w:t>
+              <w:t xml:space="preserve">SA1747618134FS-WT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,108 +343,106 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-新加坡SQ85113:30-17:30
-[...1 lines deleted...]
-                新加坡-广州SQ85220:00-00:05+1
+                广州-新加坡SQ851 13:30-17:30
+                <w:br/>
+                新加坡-广州SQ852 20:00-00:05+1
                 <w:br/>
                 航班仅供参考，具体以出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【精选景点】鱼尾狮、双峰塔、圣淘沙、哈芝巷、滨海湾花园、彩虹阶梯、粉色清真寺。
-[...5 lines deleted...]
-                【历史之旅】走近历史古城马六甲，倾听每一栋历史遗迹的故事。
+                行程亮点	滨海湾花园、鱼尾狮公园、马六甲河壁画街、KLCC城中城公园打卡双峰塔、彩虹阶梯、粉红清真寺。
+                <w:br/>
+                特色美食	餐标40-60元/餐，餐餐不重样，南洋美食排排队，安排最火夜市寻味吉隆坡：
+                <w:br/>
+                新加坡海南鸡饭、马来风味肉骨茶火锅、奶油虾、面包鸡、娘惹餐。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,223 +563,232 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州—新加坡-滨海湾花园-圣淘沙岛
                 <w:br/>
                 请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往魅力狮城【新加坡】，开启精彩行程。
                 <w:br/>
+                <w:br/>
                 【滨海湾花园】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
                 <w:br/>
+                <w:br/>
                 随后前往新加坡集娱乐、休闲、美食、购物于一体【圣淘沙岛】（自由活动约1小时）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">新加坡宜必思精品酒店</w:t>
+              <w:t xml:space="preserve">新加坡当地精品酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 鱼尾狮公园-哈芝巷-马六甲：葡萄牙古城门-荷兰红屋-圣保罗教堂-网红壁画街
                 <w:br/>
                 早餐后，开启今日新行程：
                 <w:br/>
                 【新加坡珠宝展览中心】（约45分钟）新加坡珠宝设计享誉全球，其精湛的技艺手法，汇集款式新潮时尚。
                 <w:br/>
+                <w:br/>
                 【新加坡药油百货】（约30分钟）在这里可以找到新加坡著名的药油及鳄鱼油。
                 <w:br/>
+                <w:br/>
                 【鱼尾狮公园】（约30分钟），途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
                 <w:br/>
-                【哈芝巷】（约20分钟）哈芝巷是甘榜格南核心地带，看似悠闲小街上到处都是精致的小店。哈芝巷内本是曾做仓库的战前老房子，现如今这里有很多的特色的小店，巷子内大面积的壁画也可以让人驻足很久。
+                <w:br/>
+                【哈芝巷】（约20分钟）哈芝巷是甘榜格南核心地带，看似悠闲小街上到处都是精致的小店。
                 <w:br/>
                 享用午餐后前往马六甲。
                 <w:br/>
+                <w:br/>
                 游览富有葡萄牙风格的【圣保罗教堂】、【荷兰红屋】、【葡萄牙古城门】等名胜(约45分钟)。
                 <w:br/>
+                <w:br/>
                 【网红壁画街】（约30分钟）来马六甲河两岸走走逛逛时，别忘了来这里，鲜艳壁画超好拍谁拍谁都好看。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：早餐     午餐：海南鸡饭     晚餐：娘惹餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马六甲当地豪华酒店</w:t>
+              <w:t xml:space="preserve">马六甲/新山当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 国家皇宫-高等法院-独立广场-KLCC城中城公园打卡双峰塔-阿罗街夜市
                 <w:br/>
                 早餐后，开启今天的行程：
                 <w:br/>
-                【舒适乳胶中心】（约1小时）展示橡胶是怎么从树上到我们日常生活或身上用品整个的制作过程，了解橡胶近代史。
+                【舒适乳胶中心】（约90分钟）展示橡胶是怎么从树上到我们日常生活或身上用品整个的制作过程，了解橡胶近代史。
+                <w:br/>
                 <w:br/>
                 【吉隆坡市区观光】（约40分钟）【国家皇宫】【高等法院】【独立广场】。
+                <w:br/>
                 <w:br/>
                 【KLCC城中城公园】打卡【双峰塔】机位（约30分钟），在绿色森林公园中看不一样的石油双峰塔身影。
                 <w:br/>
                 温馨提示：在打卡期间请注意个人人身和财产安全，请遵循当地指引游玩。
                 <w:br/>
                 【阿罗夜市】（自由活动1.5小时，晚餐自理）吉隆坡最出名的美食街，这里能吃到地道的叻沙、烧鸡翅、马来沙爹火锅、梅子冰饮等等。
                 <w:br/>
                 游玩完毕后返回吉隆坡酒店入住。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -819,61 +826,64 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                巧克力DIY-国家清真寺-彩虹阶梯-乌鲁卡利山
+                国家清真寺-彩虹阶梯-乌鲁卡利山
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
-                【巧克力DIY】（约50分钟）了解可可的种植和发展历史，在导师指导下亲手制作一个巧克力。
+                【锡器珍宝馆+DIY体验】（约90分钟）在这里你可以亲手制作锡器作为本次旅程的专属个人纪念品，同时还可以到这里是找到马来西亚三大珍宝：植物钻石沉香、品味代表金珍珠红珊瑚、水中珍宝（车渠）等。
+                <w:br/>
                 <w:br/>
                 【国家清真寺】（约30分钟）白蓝的配色，宽敞而明亮的大堂，随处可见的五星印花玻璃，身临此境，似乎伸手就能触摸天地，唯美宁静的场景是随手拍出大片。
                 <w:br/>
+                <w:br/>
                 【彩虹阶梯】参观(约1小时)，洞内可欣赏奇形怪状的钟乳石荀、石柱等。黑风洞。前面著名的272级台阶被重新装饰后，变成了超级夺目炫丽的七彩台阶!成为了著名的网红打卡拍照地之一。
                 <w:br/>
                 温馨提示：黑风洞附近较多野生猴子，请保管好自己的物品，勿玩耍和喂食猴子，以免被抓伤。
+                <w:br/>
                 <w:br/>
                 【乌鲁卡利山】(自由活动约1.5小时)，喻为"南洋蒙地卡罗"，可游玩各项娱乐设施(如室内游乐场，美食街等)
                 <w:br/>
                 后前往酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：南洋风味肉骨火锅     晚餐：奶油虾   </w:t>
             </w:r>
           </w:p>
@@ -911,65 +921,69 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 太子城-粉红清真寺-布城湖-首相署-新加坡-广州
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
-                【马来土产中心】（约50分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
-[...3 lines deleted...]
-                也称普特清真寺，它位于总理府和布城湖的右边。广场侧面是水上清真寺的全貌。这座四分之三建于湖面上的水上清真寺是马来西亚目前最大的清真寺之一，可以同时容纳一万两千人在此做礼拜。每当做礼拜时，清真寺那高高的宣礼塔内播放的古兰经声在清真寺的上空十分悦耳。
+                【马来土产中心】（约90分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
+                <w:br/>
+                <w:br/>
+                【布城】Putrajaya，马来西亚行政首都，Putra是马来西亚国父東姑阿都拉曼太子的姓氏，而jaya是城市的意思，因此又称太子城。
+                <w:br/>
+                【粉红清真寺】（约20分钟）也称普特清真寺，它位于总理府和布城湖的右边。广场侧面是水上清真寺的全貌。
                 <w:br/>
                 温馨提示：游客可进入参观，但女性游客需在入口右方自行借取罩袍才能進入。
                 <w:br/>
                 【布城湖】（约15分钟）人工湖也是都市规划的一部份，为的是提供这新与都市水源及蓄洪等功能。
                 <w:br/>
                 【首相署】（约15分钟）PedanaPutra，位于路两旁被一棵棵大树包围，排列成一条长长的林阴大道。
                 <w:br/>
                 前往新加坡。
                 <w:br/>
-                【星耀樟宜】（自行游览，不含付费区域门票）星耀的核心景点，目前全世界最高的室内瀑布，滂湃的40米的高空倾泻而下，从建筑的顶端到地底下2楼，像锅炉一样的漩涡，时时激起然然云雾，还不时地变化多端。无论日或夜，都是不可思议的美！（备注：如遇维修不对外开放则取消此项，无费用退还）
+                【星耀樟宜】（自行游览，不含付费区域门票）星耀的核心景点，目前全世界最高的室内瀑布，滂湃的40米的高空倾泻而下，从建筑的顶端到地底下2楼，像锅炉一样的漩涡，时时激起然然云雾，还不时地变化多端。无论日或夜，都是不可思议的美！
+                <w:br/>
+                温馨提示：如遇维修不对外开放则取消此项，无费用退还。
+                <w:br/>
                 <w:br/>
                 指定时间集合前往机场，搭乘星级航空-新加坡航空，抵达广州后散团，结束愉快旅程。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：面包鸡     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1099,51 +1113,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1）游客办理个人护照费用、个人消费、小费等其他私人性开支；
                 <w:br/>
                 2）个人旅游意外保险费和航空保险费；
                 <w:br/>
                 3）航空公司临时上涨的燃油税；
                 <w:br/>
                 4）其他未约定支付的费用（包括单间差、节假日旺季升幅、机场内候机和转机的餐食、因不可抗力（如天灾战争罢工等原因）或航空公司航班延误或取消产生的额外用等行程表以外活动项目所需的费用）；
                 <w:br/>
                 5）卫生检疫费、出入境行李的海关税、搬运费、保管费和超重（件）行李托运费；
                 <w:br/>
                 6）酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
-                7）未含马来酒店税10马币/间/晚，当地现付；
+                7）未含马来酒店税10-17马币/间/晚，当地现付；
                 <w:br/>
                 8）未含全程服务费人民币380元/人，随团费一同收取。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1420,51 +1434,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">60 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1491,51 +1505,122 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">50 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">锡器珍宝馆</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1907,51 +1992,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-31</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>