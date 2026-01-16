--- v0 (2025-11-03)
+++ v1 (2026-01-16)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【粤东双五钻】东莞+惠州3天丨东莞海悦花园酒店+惠州盈富兴酒店丨食足4个自助餐行程单</w:t>
+        <w:t xml:space="preserve">【粤东双五钻】东莞+惠州3天丨东莞海悦花园酒店+惠州盈富兴酒店丨食足6餐 惠州迎新春花灯 三文鱼海鲜鲍鱼丨东莞“鼓浪屿” 岭南水乡的生态宝藏行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250509SP31888768</w:t>
+              <w:t xml:space="preserve">TX-20260109SP31888768</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,120 +343,129 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...3 lines deleted...]
-                09:00基盛万科肯德基门口（番禺广场地铁站E出口）
+                上下车信息
+                <w:br/>
+                出发点：07:30团一大广场地铁站地铁站A出口
+                <w:br/>
+                08:30基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                【请客人准时到达出发集合地点，过时不候】
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 东莞的鼓浪屿 文艺复兴-下坝坊
-[...11 lines deleted...]
-                ★ 娱乐升级：五一专享：酒店表演团队，表演小丑杂技、魔术近景表演、泡泡秀，手动麻将任打（人数最多2组）、豪华KTV欢唱（人数满16人赠送）
+                入住东莞5钻厚街海悦大酒店 
+                <w:br/>
+                入住惠州5钻 盈富兴酒店 酒店泳池 花园客房
+                <w:br/>
+                岭南画卷 岭南的苎萝西子 -惠州西湖
+                <w:br/>
+                西湖赏花灯盛宴 迎瑞狮贺新春 
+                <w:br/>
+                东莞的鼓浪屿 文艺复兴-下坝坊
+                <w:br/>
+                从湿地到花海，打卡东莞秋色好地方-东莞华阳湖湿地公园
+                <w:br/>
+                藏一城匠心，守百代风华-东莞非遗第一街
+                <w:br/>
+                红色印记 永不褪色的革命信仰 -叶挺纪念馆
+                <w:br/>
+                食足4个自助餐 2晚丰盛三文鱼海鲜自助晚 任吃哈根达斯 位上冰丝冷燕野生海参鲍鱼 东莞特色鸽子饭
+                <w:br/>
+                娱乐升级：
+                <w:br/>
+                手动麻将任打（人数最多2组）、豪华KTV欢唱（人数满16人赠送）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -575,225 +584,229 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 集中地 -东莞华阳湖湿地公园-东莞非遗第一街-下坝坊-东莞海悦花园酒店
                 <w:br/>
-                从集中地乘坐旅游巴士前往【东莞华阳湖湿地公园】（车程约1小时）游览（约1.5小时）
-[...5 lines deleted...]
-                餐后前往乘车前往东莞石龙【车程约1小时】，游览【东莞非遗第一街】【游览约1.5小时】，“翡翠宫·非遗食语·莞”在石龙镇中山路——“东莞非遗第一街”开馆，这标志着东莞首个非遗主题示范性新型公共文化空间闪亮登场。中山路位于石龙老城区，是石龙乃至东莞最早建成的现代马路，见证了石龙在城镇化历程，曾是东莞最负盛名的商业街之一。作为“东莞记忆”的重要组成部分，石龙镇承载着东莞深厚的历史文化底蕴和独特的人文魅力，载满了石龙人乃至东莞人民的乡愁和回忆。
+                从集中地乘坐旅游巴士前往【东莞华阳湖湿地公园】（车程约1小时）游览（约1.5小时）东莞华阳湖湿地公园位于东莞市麻涌镇，是一个集休闲旅游、农耕体验、科普文化、城市生态功能于一体的国家4A级旅游景区和国家级湿地公园。公园占地面积约2平方公里，以华阳湖为中心，多条河流汇积，生态自然环境优美。这里不仅有丰富的生物多样性，还保留了大片香蕉园，是典型的岭南水乡，东莞华阳湖湿地公园以其优美的自然风光、丰富的生物多样性和多样的休闲活动，成为游客休闲度假的理想选择，随后食用午餐，午餐：东莞特色鸽子饭
+                <w:br/>
+                餐后前往乘车前往东莞石龙【车程约1小时】，游览【东莞非遗第一街】【游览约1.5小时】， “翡翠宫·非遗食语·莞”在石龙镇中山路——“东莞非遗第一街”开馆，这标志着东莞首个非遗主题示范性新型公共文化空间闪亮登场。中山路位于石龙老城区，是石龙乃至东莞最早建成的现代马路，见证了石龙在城镇化历程，曾是东莞最负盛名的商业街之一。作为“东莞记忆”的重要组成部分，石龙镇承载着东莞深厚的历史文化底蕴和独特的人文魅力，载满了石龙人乃至东莞人民的乡愁和回忆。
                 <w:br/>
                 随后前往【下坝坊】（车程约30分钟）（游览约1小时）下坝坊位于东莞市万江街道坝头社区，是广东省历史文化名村，也是一个集创意、设计、休闲、艺术于一体的生活街区。这里汇集了坝头社区的文化精粹，较好地保存了广府民居詹氏宗祠、绍广詹公祠等古建筑以及明清时期的岭南水乡村落格局。下坝坊以其独特的岭南水乡风情和丰富的文化内涵，被誉为东莞市的“岭南水乡文化泛博物馆”， 东莞下坝坊以其深厚的历史文化底蕴、丰富的文化活动和独特的岭南水乡风情，成为游客体验东莞文化与艺术的绝佳之地。
                 <w:br/>
                 随后前往【海悦花园大酒店】入住，后自由活动，手动麻将任打（人数最多2组）、豪华KTV欢唱（人数满16人赠送）、国际健身房、室内游泳池畅玩。
                 <w:br/>
                 享用晚餐--【三文鱼海鲜自助晚餐】任吃哈根达斯 位上野生海参鲍鱼。
                 <w:br/>
+                交通：汽车
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">东莞海悦花园酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店自助早—深圳海上世界-大梅沙-惠州盈富兴酒店
-[...7 lines deleted...]
-                随后前往【惠州盈富兴酒店】（车程约1小时），惠州盈富兴酒店（位于惠州市惠城区沥林镇碧桂园潼湖科技小镇内，毗邻风景优美的潼湖湿地。酒店规划建筑面积3.66万平方米，拥有280间豪华舒适的客房及套房，每间客房都配有宽敞的观景阳台，可欣赏到美丽的自然风光。酒店内设有中西特色餐厅，提供多元化的膳食选择，包括自助早餐和海鲜自助晚餐，酒店拥有室内泳池开放、24小时健身房畅享、酒店店内有充气城堡波波池、蹦蹦床、(酒店外聘表演团队，表演小丑杂技、魔术近景表演、泡泡秀、酒店开设泡泡大作战活动！五一专享)
+                酒店自助早-深圳海上世界-叶挺纪念馆-惠州盈富兴酒店
+                <w:br/>
+                早上享用酒店自助早，随后前往【深圳海上世界】（车程约1小时）深圳海上世界位于南山区蛇口望海路，是一个集旅游、美食、娱乐、购物、艺术和酒店于一体的综合性旅游中心。这里的核心地标是一艘由法国建造的豪华邮轮“明华轮”（外观游轮），这艘船于1984年由邓小平题词“海上世界”。如今，海上世界已成为深圳的一张名片，吸引了众多游客前来参观。
+                <w:br/>
+                海上世界不仅保留了历史人文和自然风情，还汇聚了酒店住宅、商业办公、购物休闲、文化艺术等多功能于一体。这里曾是一艘法国建造的豪华邮轮“明华轮”，邓小平曾在此下榻并题名“海上世界”。如今，海上世界不仅保留了历史人文和自然风情，还汇聚了酒店住宅、商业办公、购物休闲、文化艺术等多功能于一体，深圳海上世界以其独特的历史背景、丰富的文化活动和多样的娱乐设施，成为深圳最受欢迎的旅游目的地之一。无论是探索历史、享受美食还是体验夜生活，这里都能提供难忘的体验。
+                <w:br/>
+                随后前往【叶挺纪念馆】（车程约1.5小时，游览约1小时）叶挺纪念馆，位于广东省惠州市惠阳区秋长街道周田村会水楼88号，占地面积81600平方米，主馆建筑面积1600平方米，新馆建筑面积2758平方米，是社会科学类名人专题纪念馆。01年，被列为全国爱国主义教育示范基地；2004年，被列为全国百个红色旅游经典景区；2005年，被中国侨联列为中国侨联爱国主义教育示范基地；2016年12月，叶挺纪念馆入选《全国红色旅游景点景区名录》 。随后前往【惠州盈富兴酒店】（车程约1小时），惠州盈富兴酒店（位于惠州市惠城区沥林镇碧桂园潼湖科技小镇内，毗邻风景优美的潼湖湿地。酒店规划建筑面积3.66万平方米，拥有280间豪华舒适的客房及套房，每间客房都配有宽敞的观景阳台，可欣赏到美丽的自然风光。酒店内设有中西特色餐厅，提供多元化的膳食选择，包括自助早餐和海鲜自助晚餐，酒店拥有室内泳池开放、24小时健身房畅享、酒店店内有充气城堡波波池、蹦蹦床等！
                 <w:br/>
                 晚餐：自助晚餐升级出品，有特色生蚝、牛排羊腿、啤酒任饮！！
                 <w:br/>
+                交通：汽车
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">惠州盈富兴酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐- 午餐自理-惠州西湖-返程广州
-[...1 lines deleted...]
-                享用酒店自助早餐，早餐后自由活动，餐后自由活动，随后前往【惠州西湖】（车程50分钟）惠州西湖景区地处广东省东南部惠州市惠城中心区，由西湖景区和红花湖景区组成，是以素雅幽深的山水为特征、以历史文化为底蕴、以休闲和观光为主要功能的国家级风景名胜区和国家AAAAA级旅游景区。其山川秀、胜曲折、浮洲四起、青山似黛，古色古香的亭台楼阁隐现于树木葱茏之中，最域妙在天成，有“苎萝西子"之美峇，并有“大中国西湖三十六，唯惠州足并杭州"的史载。历代以苏东坡、李商隐、杨万里、祝枝山为代表的400多位文人墨客曾踏足惠州，为西湖留下了宝贵的文化遗产;近代孙中山、周恩来等领导人在惠州从事过革命运动，在西湖留下了光辉的足迹。这些历史古迹和革命胜迹与西湖的青山秀水融为一体，相得益彰，惠州西湖四季皆宜游玩，前往九曲桥，欣赏湖中荷花盛开、锦鲤悠游的生动景象，游览孤山和西新桥，感受惠州西湖的历史文化底蕴，前往泗洲塔，登塔远眺，感受古人“登高壮观天地间”的豪情壮志，三天旅程结束啦，乘车返程回温馨的家，祝大家旅途愉快！！！
+                酒店早餐-午餐-惠州西湖-返程广州
+                <w:br/>
+                享用酒店自助早餐，随后前往【惠州西湖】（车程50分钟）惠州西湖景区地处广东省东南部惠州市惠城中心区，由西湖景区和红花湖景区组成，是以素雅幽深的山水为特征、以历史文化为底蕴、以休闲和观光为主要功能的国家级风景名胜区和国家AAAAA级旅游景区。其山川秀、胜曲折、浮洲四起、青山似黛，古色古香的亭台楼阁隐现于树木葱茏之中，最域妙在天成，有“苎萝西子"之美峇，并有“大中国西湖三十六，唯惠州足并杭州"的史载。历代以苏东坡、李商隐、杨万里、祝枝山为代表的400多位文人墨客曾踏足惠州，为西湖留下了宝贵的文化遗产;近代孙中山、周恩来等领导人在惠州从事过革命运动，在西湖留下了光辉的足迹。这些历史古迹和革命胜迹与西湖的青山秀水融为一体，相得益彰，惠州西湖四季皆宜游玩，前往九曲桥，欣赏湖中荷花盛开、锦鲤悠游的生动景象，游览孤山和西新桥，感受惠州西湖的历史文化底蕴，前往泗洲塔，登塔远眺，感受古人“登高壮观天地间”的豪情壮志，春节期间还可以共赏惠州西湖花灯，感受年味，（2月15-23日共赏惠州西湖花灯盛宴）
+                <w:br/>
+                午餐：自理。享用下午茶。
+                <w:br/>
+                三天旅程结束啦，乘车返程回温馨的家，祝大家旅途愉快！！！
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -859,111 +872,111 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
-                2、用餐：含2早餐2正餐（为包含套餐，不用均无费用退）（行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）
+                2、用餐：含2早餐3正餐1下午茶（为包含套餐，不用均无费用退）（行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）
                 <w:br/>
                 3、门票：行程所含景点首道大门票（园内园景点门票自理）
                 <w:br/>
                 4、住宿：东莞海悦花园酒店+惠州盈富兴酒店（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）
                 <w:br/>
-                5、服务：含优秀导游服务；
-[...1 lines deleted...]
-                6、购物：纯玩无购物；
+                5、服务：含优秀导游服务
+                <w:br/>
+                6、购物：纯玩无购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
-                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1131,50 +1144,114 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">报名材料</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本线路仅限80周岁以下游客报名。
                 <w:br/>
                 70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">保险信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                成人：699元/人（占床，含餐，导游服务）
+                <w:br/>
+                1.4米以上儿童：619元/人（不占床，含餐，导游服务）
+                <w:br/>
+                1.2-1.4米儿童：499元/人（不占床，含餐，导游服务）
+                <w:br/>
+                1.2米以下儿童：199元/人（含车位）
+                <w:br/>
+                <w:br/>
+                房差说明
+                <w:br/>
+                三人房：无
+                <w:br/>
+                单房差：420元/人
+                <w:br/>
+                减房差：无
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1215,51 +1292,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>