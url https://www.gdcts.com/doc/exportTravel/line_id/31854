--- v0 (2025-10-14)
+++ v1 (2025-12-02)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202509261725HC</w:t>
+              <w:t xml:space="preserve">EU202511171045HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -896,51 +896,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 威尼斯-(大巴约277公里)-米兰
                 <w:br/>
                 ●【威尼斯】（游览不少于2小时）,贵为水上之城本身就是一个水上艺术品，在这里任意一个建筑物的美感都离不开水。身处威尼斯，你就像站在正演出的舞台之上，路边音乐家演奏的古典音乐就像是演出配乐，来回的形形色色的人们就像是演员，而你正好赶上这威尼斯剧目的上演。
                 <w:br/>
                 ●【圣马可广场】,在历史上一直是威尼斯的政治、宗教和节庆中心，是威尼斯所有重要政府机构的所在地，自从19世纪以来是大主教的驻地，它同时也是许多威尼斯节庆选择的举办地。如果有成群的白鸽飞向你，这个时候一定要摆好最美的姿势，不要惊慌，因为这里是摄影师的天堂，很有可能你会是他的缪斯女神。
                 <w:br/>
                 ●【威尼斯圣马可教堂】外观,位于圣马可广场上，整个教堂是拜占廷风格的建筑和艺术的杰作，教堂将福音书的作者马可奉为城市的守护神，在历史上经历多次变更，结合了东西方建筑精华，其特点就是希腊式十字架的结构和5个外面镶嵌了拜占庭风格的马赛克大圆顶。
                 <w:br/>
                 ●【叹息桥】外观,历史陈迹叹息桥，此桥连接旧时审判庭与地牢，因犯人被送进地牢时不住的叹息而得名。另外还有一个有趣的传说，恋人们在桥下接吻就可以终生相守。电影《情定日落桥》就是在这取景。
                 <w:br/>
                 ●【总督宫】外观,昔日总督道奇的宅邸。
                 <w:br/>
                 ●【黄金大运河】入内（游览不少于30分钟）,（含船票）感受威尼斯共和国时代伟大建筑风采，乘坐007电影场景中的快艇，穿越黄金大运河，途径280个贵族豪宅和莎士比亚名著中的里亚托桥，领略东西方文明的交汇。
                 <w:br/>
                 ●【米兰】（游览不少于1小时）,时尚界和足球迷的圣地，有每周都会更换的商店橱窗和足球比赛日时热情高扬的各地球迷。身处米兰会让人感到历史与现代的结合、时尚和艺术的交融，不过最具吸引力的购物一直是永恒的主题。
                 <w:br/>
-                ●【米兰大教堂】外观（游览不少于30分钟）,世界最华丽的教堂之一—米兰大教堂,它是米兰的象征，被马克吐温称为“大理石的诗”，整座教堂的装饰雕刻达三千多尊，历经4个多世纪基本完工。岁月不仅赋予了它历史的沧桑，同时也为它营造出多重的风格样式，哥特式的尖塔搭配巴洛克风格的雕饰，自上而下，极尽奢华，令人叹为观止。
+                ●【米兰大教堂】入内（游览不少于1小时）,（电梯登顶含讲解）世界最华丽的教堂之一—米兰大教堂,它是米兰的象征，被马克吐温称为“大理石的诗”，整座教堂的装饰雕刻达三千多尊，历经4个多世纪基本完工。岁月不仅赋予了它历史的沧桑，同时也为它营造出多重的风格样式，哥特式的尖塔搭配巴洛克风格的雕饰，自上而下，极尽奢华，令人叹为观止。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：威尼斯墨鱼面     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -2237,51 +2237,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-02</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>