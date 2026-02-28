--- v0 (2025-12-16)
+++ v1 (2026-02-28)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1741751440sN</w:t>
+              <w:t xml:space="preserve">SA1741751440sN-YT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,51 +343,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：CZ3081 广州/曼谷 12:25-14:30 ; 返程： CZ3082 曼谷/广州 15:45-19:40
+                3月份：去程：CZ3081 广州/曼谷 12:25-14:30；回程：CZ3082 曼谷/广州 15:45-19:40
+                <w:br/>
+                <w:br/>
+                4-6月份：
+                <w:br/>
+                逢周二：去程：CZ8099 广州/曼谷 10:40-12:50；回程：CZ8100 曼谷/广州 13:45-17:45
+                <w:br/>
+                逢周三：去程：CZ357  广州/曼谷 08:15-10:20；回程：CZ364  曼谷/广州 19:00-23:10
                 <w:br/>
                 备注：散拼不可指定航班，由航空公司调配，以上为参考航班，最终航班以出团通知书为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -643,60 +650,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大皇宫--打卡“马尔代夫”水上咖啡厅--佛统大塔--网红夜市
+                大皇宫--打卡“马尔代夫”水上咖啡厅--佛统大塔--泰式按摩 1 小时--网红夜市
                 <w:br/>
                 早餐后，前往参观金碧辉煌的【大皇宫】大皇宫对于去泰国旅游的人来说有着特别的意义， 到了泰国怎么也要去看一看这泰国皇宫的华丽与庄严吧，这片金碧辉煌的宫廷建筑汇集了绘画 、雕刻和装饰艺 术的精华， 走在殿宇之间除了感叹更能感受到建筑给人带来的安宁 。
                 <w:br/>
-                <w:br/>
                 【“马尔代夫”水上咖啡厅】‌Bubble In The Forest Cafe‌是一家位于泰国佛统府的咖啡馆，由Thai Garden Design事务所设计，以其泰式园林和热带风情著称。这家“水上咖啡厅”的设计灵感来源于泰式景观风格，于2021年3月14日开放后迅速走红。咖啡馆的设计不仅借鉴了马尔代夫的水上漂浮房屋，打造了一座漂浮在水上的咖啡馆，而且还通过一条优美的弧形木质小桥连接到对岸，每个独立的“水上用餐空间”都设在这座桥梁的分支点上，座位漂浮在水面上。岸边设有两排带顶棚的水上建筑，供客人坐下来放松身心，尽情欣赏佛统的稻田与蔚蓝湖水的美景。建筑之间还设有舒适的休闲躺椅，供游客躺下来享受裹挟着稻田清香的湖畔微风。小桥的尽头设有一座两层高的凉亭，爬上顶层，可以一览无余的稻田和湖景。木凉亭边缘还设有网状吊床，同样可以躺卧、休憩，并欣赏视野绝佳的风景。您可以在这里自费点一杯咖啡或小吃悠闲地度过您的度假时光！
                 <w:br/>
-                <w:br/>
                 【佛统大塔】佛统大塔不仅是佛教信仰的象征，而且是一座承载着深厚历史文化底蕴的圣地。对于游客来说，这里是一个了解泰国佛教文化、感受泰国人民信仰的绝佳场所。除了其壮观的建筑风格和深厚的历史文化底蕴外，佛统大塔还见证了泰国佛教的发展历程，是泰国文化和艺术的瑰宝之一。在游览佛统大塔的过程中，建议游客保持安静和尊重，不要大声喧哗或做出不适当的行为，以免影响其他信徒和游客的参观体验。
                 <w:br/>
+                【泰式按摩 1 小时】为泰国古代医学文化之一，拥有四千多年历史，源远流长。古代泰国皇族利用它作为强身健体和治疗身体劳损方法之一。近年来经过泰国政府监管发展和积极推广的情况下，泰式按摩已广为人知，成为受中外 重视的天然治疗。
                 <w:br/>
                 【网红夜市】不指定夜市，导游根据团队情况进行安排。曼谷作为泰国的首都和著名的旅游城市，拥有众多网红夜市，吸引了来自世界各地的游客。夜市不仅提供了丰富的美食和购物选择，还有现场音乐和各种活动，让游客在享受美食的同时，也能感受到泰国文化的独特魅力。无论是寻找独特的纪念品、品尝当地美食，还是体验泰国的夜生活，这些网红夜市都是不容错过的地方‌。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：泰昌楼     晚餐：夜市自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -811,71 +817,72 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 独家豪华游艇出海（海上K歌-海钓-畅游暹罗湾）--泰拳表演
                 <w:br/>
                 早餐后，乘坐游艇出海，畅游【暹罗湾】，暹罗湾就在太平洋的最西端,现在叫做泰国湾。海湾从越南金瓯角至马来西亚哥巴鲁附近,与太平洋南中国海水域相连。随后在【海钓】来泰国玩一定要来芭提雅体验海钓，简直太爽了。
                 <w:br/>
-                <w:br/>
                 【泰拳表演】芭提雅作为泰国著名的旅游胜地，不仅以其美丽的海滩和丰富的夜生活著称，还因其独特的文化表演而吸引着世界各地的游客。其中，泰拳表演是芭提雅的一大特色，吸引了众多游客前来观看。泰拳秀不仅是一场体育竞技的展示，也是泰国文化的一种体现，让观众在紧张刺激的比赛中感受到泰国人民的勇敢与坚韧‌。
                 <w:br/>
+                【海鲜自助餐厅】天宝馆，享用海鲜自助餐。
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：游艇中餐     晚餐：泰式风味餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：游艇中餐     晚餐：海鲜自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芭提雅：网评五钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -895,53 +902,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 四面佛--水果无限量--返回曼谷--KINGPOWER免税店
                 <w:br/>
                 早餐后，前往参观【四面佛】四面佛的四个面分别代表健康平安、事业有成、婚姻美满、财运亨通，按照顺时针方向依次排列。因此，四面佛被信众广泛崇拜，认为其能够满足各种愿望，有着“有求必应”的美誉。在泰国，特别是芭提雅皇家寺的四面佛，因其灵验而吸引了无数信众前来朝拜，香火极为旺盛。
                 <w:br/>
                 <w:br/>
                 【水果无限量】泰国以其丰富的热带水果而闻名，尤其是山竹、红毛丹、蛇皮果、龙宫果、菠萝蜜、芒果等等，这些水果不仅风味独特，而且被视为水果中的佳品。在芭提雅，享受水果大餐是一种独特的餐饮体验。
                 <w:br/>
                 <w:br/>
                 【KINGPOWER免税店】曼谷的王权免税店是当地人气最高的免税连锁店之一，拥有4家分店，覆盖市区和机场，顾客可以在店内免税购物或直接办理退税，提供了极大的便利性。总的来说，KING POWER免税店以其丰富的商品种类和高品质的服务，成为了泰国及全球旅客喜爱的购物目的地‌。提供了丰富的商品选择，包括但不限于酒类、烟草、香水、化妆品、糖果、手表、钢笔、打火机、时装服饰及珠宝首饰等。特别是普吉机场店和清迈机场店，它们提供了大量的优质产品以满足每位旅客的需求，具有来自世界各地的顶级奢华产品，如Chanel香奈儿、Clinique倩碧、Dior迪奥、Estee Lauder雅诗兰黛和Lancome兰蔻等世界知名品牌的香水和化妆品。
-                <w:br/>
-[...1 lines deleted...]
-                备注：本行程，当地会安排观看人蛇表演，但不是购物店。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：李锦昌     晚餐：免税店自助餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1709,95 +1713,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">确定日期出游后不可更改或取消（除遇不可抗力因素），恕不退款</w:t>
-            </w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">免签</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1901,51 +1860,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>