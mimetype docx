--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【花都梯面红山村一天游】行程单</w:t>
+        <w:t xml:space="preserve">【中山小榄菊展会】中山江门2天丨 一年一度中山小榄菊展会丨新会大红柑丰收节行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250309SP30525899</w:t>
+              <w:t xml:space="preserve">TX-20251120SP37428901</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">花都区</w:t>
+              <w:t xml:space="preserve">江门市-中山市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -342,101 +342,126 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">
+                上车点：（时间仅供参考，实际出发时间以导游通知为准！）
+                <w:br/>
+                07:30流花路中国大酒店对面（越秀公园地铁站C出口）
+                <w:br/>
+                08:30番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                下车点：原上车点下车
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州最美丽乡村，梯面红山村油菜花，最佳观赏期2-3月；
-[...3 lines deleted...]
-                绝不走购物点。真正的纯玩，逍遥自在！
+                行程特色：
+                <w:br/>
+                ★ 入住古兜温泉小镇 无限次浸泡罕见的“四料温泉”
+                <w:br/>
+                ★ 赏“潮起湾区 花香菊城”为主题—2025 年中国•小榄菊花会 
+                <w:br/>
+                ★ 打卡4A圭峰山赏秋胜地 大自然的调色盘 枫叶仿佛火焰在林间跳跃
+                <w:br/>
+                ★ 一年一度新会大红柑丰收啦！任食大红柑 免费再赠送每人2斤！
+                <w:br/>
+                ★ 豪砌金秋美味《人手1只鲍鱼+海南鸡瓦煲饭+姬松茸炖老鸡汤》
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -553,72 +578,174 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【广州】—【花都“小曼谷”】-【午餐自理】-【红山村】-【返程】
-[...1 lines deleted...]
-                早上于指定地点集合，乘车前往广州的后花园花都到达游览【花都“小曼谷”】。它就是坐落于“花都珠宝小镇”里的一座以金色为主色调的异国风情体验园。彻彻底底的泰式建筑，到处洋溢着兰纳建筑的艺术气息，高耸的多重屋檐、歇山式房顶、柚木建筑……踏进这里，就好像去到了异国。14座鎏金飞檐的泰式建筑，一尊尊标志性的泰国大象，点缀在东南亚热带园林中。午餐可在附近自行享用。后继续前往【红山村】，【油菜花基地】（约参观2小时），位于红山村内，万亩油菜花在春天里恣意地怒放着，一时间金浪翻滚、蝶舞蜂飞，与远山近水、村落人家交相辉映，连绵不断就像一张金色的大地毯，将蓝天田野紧紧覆盖，一阵阵浓郁的花香扑鼻而来。每当阵阵春风吹过，油菜花蕾随风波动，掀起阵阵金色的波浪，花田成为金色的海洋，吸引无数摄影爱好者和游人来此采风踏青[广州最美的山村——红山村]位于梯面镇的西北部，总面积14.3平方公里，距广州市区60分钟的车程。红山村是一个山清水秀、四面环山、风景如画、自然生态环境优美，拥有浓厚客家风情和丰富旅游资源的秀丽小山村。辖区内青山叠翠、溪涧纵横、流水潺潺，遍布飞瀑流泉，河水清澈见底、空气清新，村庄整洁优美、景色迷人，是广州市近郊难得一见的“世外桃源”。村内的自然村落错落有致、各具特色，让人遐想联翩，油菜花、有机蔬菜、山林、泉水、瀑布都是当地的旅游资源。（油菜花会在2-3月份盛放开花，因天气原因而变，具体视景区观赏为准，敬请留意，旅行社不作赔偿）之后返回广州温暖的家.结束愉快行程!
+                第1天：出发地—中华小蜜蜂教育基地—小榄菊展会—入住酒店 含：不含餐                         住：古兜温泉度假村 湖景/喜泰酒店
+                <w:br/>
+                指定地点集合出发前往【中华小蜜蜂教育基地】品尝下午茶【蜂蜜龟苓膏、鸡仔饼】（车程约1.5小时，参观约1小时）（点心由番禺中华小蜜蜂教育基地特别赞助，品尝时间约40分钟，客人在品尝蜂蜜龟苓膏点心过程中，有基地工作人员特别讲解蜂蜜的相关产品，客人可自由购买）。
+                <w:br/>
+                随后前往【小榄菊展】会场（车程约1.5小时）以“潮起湾区 花香菊城”为主题的 2025 年中国•小榄菊花会（于2025年11月28日至12月15日举办）本届菊花会主展场面积约350亩，以“大型景点+中小型展园+花境+互动打卡点”布局，设置八大功能区域，展出近1000个菊花品种、约30万盆菊花，精心打造25组菊艺造景与近20组打卡点。此外，园区还全面注入科技元素，科技园设置AI拍照、AI艺术展示等互动体验，临湖展示区7米高“菊花女神”造景，与花海区“蝴蝶女神”灯饰雕塑形成南北呼应，夜间灯光秀更让园区呈现“昼夜双景”的独特魅力。
+                <w:br/>
+                据介绍，菊艺造景区以“传统与创新交融，科技与人文共生”为设计理念，通过“未来—现代—远古”时空主线串联科技园、和美园、群芳园三大核心展区：
+                <w:br/>
+                ◆正门“花影星舰”造景融合“未来科幻+传统菊艺”，植入太空人、品牌机器人元素；
+                <w:br/>
+                ◆和美园打造江南、岭南、雪乡、敦煌四大地域风格花园，并融入“百千万工程”美丽乡村理念；
+                <w:br/>
+                ◆群芳园则以“十二月花神+远古瑞兽”为主题，搭配传统节气与非遗元素，同步推出12款对应文创产品。
+                <w:br/>
+                午餐自理；
+                <w:br/>
+                    前往入住【古兜温泉度假村】：国家AAAA级旅游区，位于广东省江门市新会崖南端，靠近珠海、澳门，距广东西部沿海高速公路崖南入口10公里，距江门市区 40公里。是一个集自然风光、历史文化娱乐休闲、健身活动、商务会议于一体的旅游度假胜地。畅玩13万平方米的天然山泉水水世界，是广东省最大的天然山泉水上乐园。面积13万平方米，日换水50万立方米，山泉水长流不息，终年不断。在水世界湖心可以看到7个小岛和1个大岛，形成“七星伴月”之势。山泉水世界最独特之处是采用纯天然无污染的清凉山泉水，水质细腻柔滑，清纯健康，水温常年保持在25℃以下，有“清凉世界”之美誉。场内建有大型冲浪区、儿童戏水区、儿童堆沙区、沙滩排球等多种游乐设施。山泉水世界由山泉水泳场、人造夏威夷沙滩组成，动静结合，它是大人的忘忧天地，孩子们的童话世界。浸泡罕见一地两泉海洋温泉，一地两泉，海洋温泉、氡温泉与各种“辅料”相结合，为您奉上别具一格的泡汤体验。62个各具特色的汤池，还有汗蒸、按摩等项目，玩足一天也不嫌闷。
+                <w:br/>
+                晚餐自理，后自由活动。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">古兜温泉度假村 湖景/喜泰酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                第2天：早餐—新会果园—圭峰山—回程 含：早餐、午餐
+                <w:br/>
+                睡到自然醒，享受一个不被打扰的早晨，自行前往酒店餐厅享用早餐；
+                <w:br/>
+                前往参观【新会大红柑园】（现场品尝大红柑，每人送2斤新会柑，（每人赠送100元购买新会柑现金券，购买满10斤新会柑即可使用）：各位游客可以任食新会柑肉，还可以亲自入园采摘选购新会柑），新会大红柑每年10－12月正是大红柑成熟时，是制作柑普茶，新会陈皮的材料。（为了尊重农民的辛勤劳动成果和对大红柑树的保护，购买鲜果入园采摘，采摘鲜果要文明采摘，不能在园内开皮食果，果园设有监控请大家文明采摘，避免面诉不雅，遵守果园现场工作人员安排，为大家的旅途增添乐趣。）
+                <w:br/>
+                前往享用午餐《人手鲍鱼+海南鸡瓦煲饭+姬松茸炖老鸡汤》好食到爽呀。
+                <w:br/>
+                参考菜单：【姬松茸炖老鸡汤、海南鸡姜蓉瓦煲饭、人手鲍鱼1人1只、侨乡豉油碌鸭、姜葱炒鸡、园盘蒸水蛋、豉汁黄金瓜、上汤靓时菜、萝卜焖鱼滑，陈皮蒸肉丸】
+                <w:br/>
+                用餐完毕后，前往游览【4A圭峰山三角枫林】江门市新会区圭峰山“三角枫叶”，主要分布于南入口广场至玉台寺后山，至乳泉井一带，面积约300亩，以玉台坑一带生长为最茂密，景观最美。山势蜿蜒起伏，气势雄伟，森林密布，层林叠翠，潺潺流溪，风景秀丽。古代的名儒高士在这里讲学，高僧在这里开堂说法，佛教道教相竞并存，留下不少名胜古迹。自然景观与人文景观融为一体，使圭峰山成为广东四大名山之一。还可以沿途欣赏【翡翠三角枫林】姿优美，叶形秀丽，叶端三浅裂，宛如鸭蹼，颇耐观赏。春初新叶初放，清秀翠绿；入秋后，叶色转为暗红或老黄，更为悦目。如在夏末秋初，将其老叶摘去，施一次速效氮肥，半月以后，又发出鲜嫩新叶，淡绿 或带红，可增加其观赏效果。 ，枫叶与山中美景交相辉映，走在枫林中彷如进入人间仙境。山腰的【玉台寺】传建于东汉桓帝建和元年（147年），是岭南四大名刹之一，寺中镇山宝塔是广东省重点保护文物。
+                <w:br/>
+                    参观完毕后，结束两天愉快之旅，返回温馨的家。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -665,110 +792,305 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
-                2.景点：含景点第一大门票（园中园景点自理）
-[...5 lines deleted...]
-                5、购物：无购物。
+                2.导游：提供专业导游服务
+                <w:br/>
+                3.用餐：全程含1正餐1早1水果；（早餐均为酒店配套/打包早，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与；）
+                <w:br/>
+                4.门票：景区首道大门票，不含园中园。
+                <w:br/>
+                5.住宿：古兜温泉度假村 湖景/喜泰酒店 标准双/大床房，酒店随机安排，不指定； 
+                <w:br/>
+                6.保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">购物点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="shop"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">【中华小蜜蜂教育基地】</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">（点心由番禺中华小蜜蜂教育基地特别赞助，品尝时间约40分钟，客人在品尝蜂蜜龟苓膏点心过程中，有基地工作人员特别讲解蜂蜜的相关产品，客人可自由购买）</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">60 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -813,51 +1135,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -972,51 +1294,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-02</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1160,50 +1482,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="shop">
+    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>