--- v0 (2025-11-02)
+++ v1 (2026-03-05)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">YXYZ6D-ZC2</w:t>
+              <w:t xml:space="preserve">ZC-YXYZ6D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ6049/1335-1510，飞行时间约2.5小时，时差1小时
-[...1 lines deleted...]
-                参考航班：CZ6050/1600-1950，飞行时间约3小时，时差1小时
+                参考航班：CZ6049/1605-1740，飞行时间约2.5小时，时差1小时
+                <w:br/>
+                参考航班：CZ6050/1845-2225，飞行时间约2.5小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -569,51 +569,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 — 芽庄
                 <w:br/>
                 请团员准时于广州新白云机场国际出发厅集中，乘搭客机飞往被游客评为越南最有魅力的旅游地之一的海滨渡假城市——【芽庄】（飞行时间约2.5小时）。芽庄之名是源于占婆语的“Yakram”，意思是指“竹林河流”，原是一个渔港小镇，现已发展成为一个度假胜地，此处海产丰富、海岸绵延悠长、水清沙幼、离岛众多、海水非常清澈，很适合钓鱼、浮潜、水肺潜等水上活动。抵达后接送至餐厅享用越南海鲜火锅餐，餐后送回酒店休息。
                 <w:br/>
-                交通：参考航班：CZ6049/1335-1510，飞行时间约2.5小时，时差1小时
+                交通：参考航班：CZ6049/1605-1740，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜火锅餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -719,58 +719,58 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出海三岛游 — SKY LIGHT空中下午茶
-[...1 lines deleted...]
-                酒店内享用早餐后，出海离岛游，木船有客舱，有甲板，中间几排长椅，可坐30人左右，岛与岛之间乘船时间不等。首先前往参观【珊瑚岛】，这里是越南芽庄首选的浮潜和潜水胜地，水中平均能见度15米，最好能达30米，海底千姿百态的珊瑚，色彩斑斓成群追随在潜水者旁边的鱼类，就足够让海底探险者乐此不疲，这里的海水清澈透明，晴朗天气下海水能见度达20米， 船在浅水区域停下来，大家纷纷跳下海里浮潜和游泳，胆小的可以穿上救生衣。接下来船观【燕岛】，岛上有成群结队的燕子居住在岛上，芽庄这个岛上盛产燕窝。客人不能上岛，可以远观拍照留念。中午船靠【竹岛】享用出海海鲜餐，后登岛游览。
+                出海三岛游 — SKY LIGHT空中下午茶 — 土特产超市
+                <w:br/>
+                酒店内享用早餐后，出海离岛游，木船有客舱，有甲板，中间几排长椅，可坐30人左右，岛与岛之间乘船时间不等。首先前往参观【珊瑚岛】，这里是越南芽庄首选的浮潜和潜水胜地，水中平均能见度15米，最好能达30米，海底千姿百态的珊瑚，色彩斑斓成群追随在潜水者旁边的鱼类，就足够让海底探险者乐此不疲，这里的海水清澈透明，晴朗天气下海水能见度达20米，船在浅水区域停下来，大家纷纷跳下海里浮潜和游泳，胆小的可以穿上救生衣。接下来船观【燕岛】，岛上有成群结队的燕子居住在岛上，芽庄这个岛上盛产燕窝。客人不能上岛，可以远观拍照留念。中午船靠【竹岛】享用出海海鲜餐，后登岛游览。
+                <w:br/>
                 <w:br/>
                 然后可以自愿自费乘船登【蚕岛】，岛上活动应有尽有，可以欣赏蚕岛五星酒店特有的歌舞表演，尽情享受沙滩太阳浴，还可以于2400平米泳池尽情畅游，在歌声里，在椰风海韵在陪伴下结束海上活动。
                 <w:br/>
-                随后特别安排【HAVANA SKYLIGHT享受五星天空下午茶】（如遇不开放则改为海边下午茶），品味海居生活的缓慢与惬意。然后送回酒店休息。
-                <w:br/>
+                随后特别安排【HAVANA SKYLIGHT享受五星天空下午茶】（如遇不开放则改为海边下午茶），品味海居生活的缓慢与惬意。后途经【土特产超市】，可自由参观选购土特产（此超市属于休息店，不属于购物店）。然后送回酒店休息。
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 1、今日出海，请换轻松休闲服。
                 <w:br/>
                 2、因为海上之水上项目涉及个人身体状况，导游仅介绍，如有需要请自愿自行参加，提前准备防水袋以免手机及电子产品被海水侵蚀！当然防晒霜是必不可少的。
                 <w:br/>
                 3、海上项目请自理（例如香蕉船，降落伞等），且不在普通意外险范围，需另签保。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -886,58 +886,57 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄 — 广州
                 <w:br/>
-                酒店内享用早餐后，上午自由活动。办理退房手续后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约3小时），结束此次难忘的愉快之旅。
-                <w:br/>
+                酒店内享用早餐后，上午自由活动。办理退房手续后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约2.5小时），结束此次难忘的愉快之旅。
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 返程前请仔细检查自己的行李物品，不要遗漏酒店。
                 <w:br/>
-                交通：参考航班：CZ6050/1600-1950，飞行时间约3小时，时差1小时
+                交通：参考航班：CZ6050/1845-2225，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1003,51 +1002,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、广州-芽庄往返机票及税金；
                 <w:br/>
-                2、全程行程所列星级酒店标准间（4晚海边五星酒店参考：科莫多、西格尼、钦特尔中央、维斯那或不低于同档次酒店）；
+                2、全程行程所列星级酒店标准间（4晚海边五星酒店参考：科莫多、钦特尔中央、西格尼、TTC、DQUA或不低于同档次酒店）；
                 <w:br/>
                 3、行程所列用餐（全程4早3正餐，正餐餐标做￥40元/人/餐）；
                 <w:br/>
                 4、空调旅游车(根据团队人数安排9-45座空调旅游车，保证每人1正座)；
                 <w:br/>
                 5、行程中所列景点首道门票（非注明自费项目）；
                 <w:br/>
                 6、中文导游服务。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1845,58 +1844,50 @@
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
                 1、12周岁以下小孩不占床不含早餐减￥500元/人，若占床与成人同价；
                 <w:br/>
                 2、12-18岁的未成年人必须占床；
                 <w:br/>
                 3、不含越南落地签+导游服务费￥500元/人（需与团费一起支付）；
                 <w:br/>
                 4、单房差￥900元/人（如遇自然单间需补单间差或加床处理）；
-                <w:br/>
-[...6 lines deleted...]
-                3）需提前提供护照及相片的电子版，用于做落地签的批文。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1990,51 +1981,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-02</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>