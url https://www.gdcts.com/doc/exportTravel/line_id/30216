--- v0 (2025-10-15)
+++ v1 (2026-03-24)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【潮玩重庆•重庆往返】重庆双飞5天丨武隆丨仙女山丨天生三桥丨乘坐画舫船游乌江画廊丨816地下核工程丨磁器口古镇丨中山四路丨鹅岭二厂 丨龙门浩老街行程单</w:t>
+        <w:t xml:space="preserve">【潮玩重庆】重庆双飞5天丨武隆丨仙女山丨天生三桥丨乘坐画舫船游乌江画廊丨816地下核工程丨磁器口古镇丨洪崖洞丨鹅岭二厂 丨鹅岭栈桥丨三峡博物馆行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250604A6</w:t>
+              <w:t xml:space="preserve">WZ-20260316CWCQ5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -342,114 +342,107 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">早对晚航班，航班时间以实际出票为准。不含税，报名收取。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【便利交通】广州直飞重庆，早对晚玩足五天，深度重庆，网红景点一次尽览；
+                ★【便利交通】广州直飞重庆，早对晚正点航班，玩足5天，深度游览网红重庆；
                 <w:br/>
                 ★【优选行程】科学设计行程，每天行车不超3小时，拒绝走马观花式游览； 
                 <w:br/>
-                ★【精选景点】精华5A景点仙女山+天生三桥+816核工程；
+                ★【精选景点】精华5A景点仙女山+天生三桥+816核工程一个也不少；
                 <w:br/>
                 ★【乘船体验】乘坐画舫游船，领略乌江美景，体会“船在水中走，人在画中游”；
                 <w:br/>
-                ★【打卡必地】网红景点洪崖洞、解放碑、李子坝、磁器口、山城巷等；
-[...1 lines deleted...]
-                ★【特色美食】武隆砂锅宴+武陵山珍宴+武隆养生土鸡煲；
+                ★【打卡必地】网红景点：鹅岭栈桥、洪崖洞、解放碑、李子坝、磁器口、山城巷等；
+                <w:br/>
+                ★【特色美食】精心安排：武隆砂锅宴+武陵山珍宴+武隆养生土鸡煲；
                 <w:br/>
                 ★【精心挑选】全程安排精选酒店,2晚入住重庆,充足时间游览；
                 <w:br/>
                 ★【纯玩尊享】广东成团！真纯玩 0购物/0擦边/0车销/0餐购/0套路；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -570,97 +563,101 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州--重庆（参考航班： CZ2356 / 07:10- 09:35）
-[...7 lines deleted...]
-                【中山四路】被评为“重庆最美一条街”，周边民国时代遗留下来的桂园、周公馆、特园、国民政府总统府旧址等人文遗产，构成了独特的历史文化创意业街区风格，街道在保留文物遗迹历史面貌。完毕后入住酒店。
+                广州--重庆（参考航班：  ）
+                <w:br/>
+                前往广州白云机场，乘机（飞行2小时） 抵达重庆江北机场。
+                <w:br/>
+                抵达后导游接团，乘车前往【三峡博物馆】（不含讲解，自愿选择）是首批国家一级博物馆，建筑面积7.17万平方米，展厅面积3.1万平方米，通过参观可了解这座收藏和展示重庆历史文化的科学殿堂，深度了解巴蜀文化、三峡文化、移民文化、抗战文化等。
+                <w:br/>
+                前往游览【山城巷】只能步行的城市小道，与多数城市的小街巷不同，山城步道有很多的上下坡的阶，也就是当地人说的“梯坎”，依次经过市中山医院、抗建堂、菩金刚塔、法国仁爱堂旧址、悬空栈道等，全长1748米，紧凑地串联了一 系列传统街区和历史文化遗迹，又被为重庆的“建筑博物馆。
+                <w:br/>
+                后前往【解放碑好吃街】堪称是吃货的天堂,各种特色重庆小吃,可谓品种多, 自由品山城美食。
+                <w:br/>
+                完毕后前往【魁星楼】又名魁星阁《少年的你》拍摄地，片中天桥与底层道路成为网红打卡点，也是目前“吞吃轻轨”通过错位张嘴角度拍摄的打卡点，完毕后前往酒店入住。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
+                景点：【三峡博物馆】
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">重庆新西亚/君巢米拉/德菲酒店/雅斯特酒店/瑞浦酒店/安芯伽/戴斯温德姆  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">重庆君巢米拉酒店/橙际酒店/伴山子语酒店   或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -702,51 +699,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团队用餐     晚餐：团队用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">武隆欧悦假日/陈家花园/仙逸酒店/迩之安/塞拉维/爱芊宿/华悦酒店/蓝航酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">武隆欧悦假日/七色花园/云海度假酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -788,186 +785,184 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团队用餐     晚餐：团队用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">武隆欧悦假日/陈家花园/仙逸酒店/迩之安/塞拉维/爱芊宿/华悦酒店/蓝航酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">武隆欧悦假日/七色花园/云海度假酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 武隆--重庆 （190公里约3小时）
                 <w:br/>
                 酒店用早餐，乘车前往重庆。
                 <w:br/>
                 前往【弹子石老街】坐落于有“重庆外滩”美誉的南滨路。老街前后长1公里，高低九级坡地共约80米高差，一路爬坡上坎，穿梭于川东风格的街巷院坝，沿途可观星罗棋布的吊脚楼商肆。这里是重庆唯一能同时“观两江”、“看三桥”、“览三地标”的地方。景区依山临水，集深厚历史底蕴、观光、休闲、娱乐、购物于一体。
                 <w:br/>
-                后前往【李子坝轻轨穿楼观景台】观赏国内其他城市绝对没有的特色景观--轻轨穿过楼房，亲自感受山城魅力。李子坝站是重庆轨道交通2号线的一座高架侧式车站，设置于居民楼的八楼，车站编号207，位于重庆市渝中区嘉陵新路与桂花园路交汇处，北临嘉陵江，背靠桂花园路。
-[...3 lines deleted...]
-                后前往【解放碑好吃街】堪称是吃货的天堂,各种特色重庆小吃,可谓品种多, 自由品山城美食。游览结束后，乘车返回酒店。
+                下午参观【洪崖洞民俗风貌区】以最具巴渝传统建筑特色的“吊脚楼”风貌为主体，依山就势，沿江而建，游吊脚群楼、观洪崖滴翠、逛山城老街、赏巴渝文化。乘车返回酒店。
                 <w:br/>
                 <w:br/>
                 （温馨提示：在不减少景点情况下，重庆市区以及全程景点我社可根据实际情况，调整景点游览的先后顺序，请知悉。）
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">重庆新西亚/君巢米拉/德菲酒店/雅斯特酒店/瑞浦酒店/安芯伽/戴斯温德姆  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">重庆君巢米拉酒店/橙际酒店/伴山子语酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                重庆--广州（参考航班： CZ2355 / 22:05- 23:45  ）
+                重庆--广州（参考航班： ）
                 <w:br/>
                 酒店享用早餐。
                 <w:br/>
-                游览【鹅岭二厂】它的全名叫重庆印制二厂,曾经是国民政府中央银行制币厂。到现在已有80年历史了，电影《从你的全世界路过》的拍摄。
-[...3 lines deleted...]
-                后前往【磁器口古镇】国家AAAA级景区，中国历史文化名街，重庆市重点保护传统街，重庆“新巴渝十二景”， 一条石板路，千年磁器口，是重庆古城的缩影和象征，被赞誉为“小重庆”。
+                前往游览【鹅岭栈桥】被比喻为崖线飘带；沿山岩蜿蜒，如轻盈缎带绕青山悬浮于崖壁，全长460米，宽3米，最大架空高度28米。
+                <w:br/>
+                后前往游览【鹅岭二厂】它的全名叫重庆印制二厂,曾经是国民政府中央银行制币厂。到现在已有80年历史了，电影《从你的全世界路过》的拍摄。
+                <w:br/>
+                后前往【李子坝轻轨穿楼观景台】观赏国内其他城市绝对没有的特色景观--轻轨穿过楼房，感受山城魅力。李子坝站是重庆轨道交通2号线的一座高架侧式车站，设置于居民楼的八楼，车站编号207。
+                <w:br/>
+                完毕后前往【磁器口古镇】国家AAAA级景区，中国历史文化名街，重庆市重点保护传统街，重庆“新巴渝十二景”， 一条石板路，千年磁器口，是重庆古城的缩影和象征，被赞誉为“小重庆”。
                 <w:br/>
                 完毕后乘车前往重庆江北机场（飞行2小时）抵达广州，结束旅途。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、此团是综合打包价，所有项目不用不退费，无任何门票优惠，敬请谅解；
                 <w:br/>
                 2、以上行程安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下， 我社有权调整游览顺序，敬请谅解。
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1881,51 +1876,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：
                 <w:br/>
-                 1、本产品供应商为：成都万众国际旅行社有限责任公司，许可证号：L－SC-A00252，联系电话：020-83371233。此团 20 人起行，为保证游客如期出发，我社将与其他旅行社共同委托成都万众国际旅行社有限责任公司组织出发（广东拼团），如客人不接受拼团出发，请报名时以书面形式注明。此团由成都万众国际旅行社有限责任公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。 
+                 1、本产品供应商为：成都万众国际旅行社有限责任公司，许可证号：L－SC-A00252，联系电话：020-83371233。此团 10 人起行，为保证游客如期出发，我社将与其他旅行社共同委托成都万众国际旅行社有限责任公司组织出发（广东拼团），如客人不接受拼团出发，请报名时以书面形式注明。此团由成都万众国际旅行社有限责任公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。 
                 <w:br/>
                 如报名人数不足 10 成 人时无法成团，或遇特殊情况（如：团队特惠机位取消或游客临时退团造成不成团等） 致使团队无法按期出行，我社提前 X7天通知游客，游客可根据自身情况改线或改期， 如不能更改出游计划，我社将全额退还已交团费.
                 <w:br/>
                 2、我司在不影响原行程游玩标准及游览景点的前提下，根据天气原因或实际情况行程游玩顺序。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整由当地导游与游客签名确认。
                 <w:br/>
                 3、团队均提前 15天或以上订购酒店、车辆、门票等，如客人报名后退团（含改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际损失费用（ 火车票、门票、酒店、车费损失等），特此说明。
                 <w:br/>
                 4、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退还。
                 <w:br/>
                 5、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一切行为责任游客自负。
                 <w:br/>
                 6、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任。
                 <w:br/>
                 7、重庆地区是当地旅游度假城市，硬件及软件服务均与沿海发达的广州存在一定差距， 请团友谅解。如遇旺季酒店房满或政府征收等情形，旅行社会另外安排至不低于所列 酒店标准的同类型酒店。
                 <w:br/>
                 8、购物：重庆地区旅游发展较为成熟，包括部分景区，公园，博物馆，纪念馆，展 览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 9、行程服务项目特别约定及说明：
                 <w:br/>
                 A).为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：
                 <w:br/>
                 （1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；
                 <w:br/>
                 （2）心血管疾病患者，如严重高血压、心功能不全、心肌缺氧、心肌梗塞等病人；
                 <w:br/>
@@ -2180,51 +2175,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-15</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>