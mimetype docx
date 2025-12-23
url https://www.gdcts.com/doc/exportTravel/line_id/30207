--- v0 (2025-10-27)
+++ v1 (2025-12-23)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20250919EU1UW</w:t>
+              <w:t xml:space="preserve">AA20260116EU1UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -1572,55 +1572,51 @@
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
                 <w:br/>
                 2.	因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用。
                 <w:br/>
                 3.	旅游意外伤害保险。
                 <w:br/>
                 4.	如行李或物品丢失、被盗等意外损失费用。
                 <w:br/>
                 5.	晚用车，给司机和导游加班费用。
                 <w:br/>
                 6.	境外司机导游服务费：2000元/人
                 <w:br/>
                 7.	埃及落地签证费用200元/人
                 <w:br/>
                 8.	以上报价未提及的项目。
                 <w:br/>
                 其他收费：	
                 <w:br/>
                 <w:br/>
                 1.	单人房附加费：4500元/人。
                 <w:br/>
                 2.	11岁以下小孩不占床减600，11岁及以上小孩必须占床，占床跟大人同价
                 <w:br/>
-                3.	签证费200元/人；
-[...3 lines deleted...]
-                6. 境外特色项目
+                3. 境外特色项目
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -2037,51 +2033,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-28</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-23</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>