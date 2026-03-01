--- v1 (2025-12-23)
+++ v2 (2026-03-01)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20260116EU1UW</w:t>
+              <w:t xml:space="preserve">AA20260320EU1UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -410,77 +410,75 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 特别企划：
                 <w:br/>
                  五星航空阿联酋航空优质服务，双国连线优选航班。
                 <w:br/>
-                  甄选酒店：埃及全程五星酒店，特别安排2晚红海海滨五星度假酒店，迪拜升级3晚国际五星酒店，尽情享受古埃及与迪拜奢华的酒店服务。
+                 甄选酒店：埃及全程五星酒店，特别安排2晚红海海滨五星度假酒店，迪拜升级3晚国际五星酒店，尽情享受古埃及与迪拜奢华的酒店服务。
                 <w:br/>
                  全方位游览神秘国度埃及：开罗、卢克索、度假圣地—红海洪加达
                 <w:br/>
-                 阿联酋经典必游：迪拜、阿布扎比、棕榈岛轻轨、水上的士、谢赫扎伊德清真寺、Dubai Mall
-[...3 lines deleted...]
-                  尊享大礼包：
+                阿联酋经典必游：迪拜、阿布扎比、水上的士、谢赫扎伊德清真寺、Dubai Mall
+                <w:br/>
+                精选美食：特别安排埃及特色鸽子餐+金字塔景观餐厅用餐+卢克索尼罗河边用餐+中式团餐+红海酒店西式酒店自助餐
+                <w:br/>
+                 尊享大礼包：
                 <w:br/>
                 双博物馆：开罗国家博物馆+大埃及博物馆
                 <w:br/>
                 乘坐FELUCCA小帆船畅游尼罗河
                 <w:br/>
                             乘坐努比亚民族特色马车游卢克索城区
                 <w:br/>
                             前往香蕉岛，体验当地民居
                 <w:br/>
                             参观世界最大的神庙群—卡纳克神庙群
                 <w:br/>
                             前往开罗地标建筑—萨拉丁城堡
                 <w:br/>
                             参观开罗的第一座著名清真寺—爱资哈尔清真寺
                 <w:br/>
                              乘坐传统的水上的士，欣赏迪拜波斯湾两岸风光
-                <w:br/>
-                           搭乘轻轨电车前往世界最大人工棕榈岛
                 <w:br/>
                             世界最大的购物中心【Dubai Mall】享自由休闲购物之乐
                 <w:br/>
                  纯玩不进店，轻松畅玩，
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
@@ -1287,61 +1285,61 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 迪拜
                 <w:br/>
-                酒店早餐后，特別安排世界第八大奇景～人造棕榈岛內搭乘单程轻轨电车前往位于棕榈岛中央全迪拜最宏伟之［Atlantis The Palm］，外观亚特兰蒂斯酒店，带您感受棕榈岛这项突破人类工程史的伟大计划；
-[...9 lines deleted...]
-                   乘车前往【Dubai Mall】-全世界最大的购物中心，相当于50个足球场，内拥有超过百余个风味美食店铺，1200多家品牌；内拥有全球最大水族馆，逾万种海洋生物。在此可外观到最新诞生的、斥资15亿美元打造的【世界第一高塔-Burj Dubai哈利法塔】。如有时间可额外付费登上位于第124层楼高的景观台At the Top，举目所见尽是超现代化的摩天大楼，在天气好的時候，更可以远眺80公里远的美景。（Dubai Mall一般约为2小时，但自由活动时游客较分散，所以实际时间根据具体情况而定）
+                酒店早餐后，特別安排世界第八大奇景～人造棕榈岛內搭乘单程轻轨电车前往位于棕榈岛中央全迪拜最宏伟之［Atlantis The Palm］，外观亚特兰蒂斯酒店，带您感受棕榈岛这项突破人类工程史的伟大计划（备注：棕榈岛轻轨于2025年12月起开始维修停运，何时通车待定，如遇轻轨停运，则改为乘车前往棕榈岛，车览亚特兰蒂斯酒店，敬请谅解）；
+                <w:br/>
+                 参观【Jumeirah海滨天然浴场】（约20分钟），【外观七星帆船酒店】（约10-15分钟），【外观Jumeirah清真寺】（约20分钟）。
+                <w:br/>
+                前往外观迪拜新地标-迪拜之框，它是是迪拜建设的一个新景点，和旋转大厦、帆船酒店等地标式建筑一起，构成迪拜的新天际线。 (10 分钟)，外观迪拜未来世界博物馆.(外观约20 分钟)
+                <w:br/>
+                参观伊朗小镇（约 45 分钟），以传统的沙漠色房屋、风塔、房屋间狭长的小巷而闻名。穿梭在小城中，里面还有很多艺术馆、画廊，静静地沉浸在艺术的氛围中。可进入中东地区最大的一家咖啡博物馆，这里陈列着由第一次世界大战的弹头融化制成的咖啡研磨器、还有也门、埃及和埃塞俄比亚出土的咖啡壶文物。同时还有一本 18 世纪德国详细描述咖啡的著作。
+                <w:br/>
+                乘坐传统的水上的士，跨过市内的河湾，欣赏两岸的现代建筑（约 5 分钟）
+                <w:br/>
+                 乘车前往【Dubai Mall】-全世界最大的购物中心，相当于50个足球场，内拥有超过百余个风味美食店铺，1200多家品牌；内拥有全球最大水族馆，逾万种海洋生物。在此可外观到最新诞生的、斥资15亿美元打造的【世界第一高塔-Burj Dubai哈利法塔】。如有时间可额外付费登上位于第124层楼高的景观台At the Top，举目所见尽是超现代化的摩天大楼，在天气好的時候，更可以远眺80公里远的美景。（Dubai Mall一般约为2小时，但自由活动时游客较分散，所以实际时间根据具体情况而定）
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1574,50 +1572,243 @@
                 1.	行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目。
                 <w:br/>
                 2.	因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用。
                 <w:br/>
                 3.	旅游意外伤害保险。
                 <w:br/>
                 4.	如行李或物品丢失、被盗等意外损失费用。
                 <w:br/>
                 5.	晚用车，给司机和导游加班费用。
                 <w:br/>
                 6.	境外司机导游服务费：2000元/人
                 <w:br/>
                 7.	埃及落地签证费用200元/人
                 <w:br/>
                 8.	以上报价未提及的项目。
                 <w:br/>
                 其他收费：	
                 <w:br/>
                 <w:br/>
                 1.	单人房附加费：4500元/人。
                 <w:br/>
                 2.	11岁以下小孩不占床减600，11岁及以上小孩必须占床，占床跟大人同价
                 <w:br/>
                 3. 境外特色项目
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">自费项目</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">详细内容请参考附件EU1埃及阿联酋单项游精选</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2033,51 +2224,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-23</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2221,50 +2412,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>