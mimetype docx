--- v0 (2025-11-26)
+++ v1 (2026-01-16)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251124SP39009429</w:t>
+              <w:t xml:space="preserve">TX-20260112SP39009429</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -345,57 +345,55 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：
                 <w:br/>
-                08:00 越秀南汽车站（地铁团一大A出口）
-[...5 lines deleted...]
-                广州市区：纪念堂
+                08:00 番禺广场地铁站E出口
+                <w:br/>
+                09:00越秀南汽车站（地铁团一大A出口）
+                <w:br/>
+                跟团游下车点：原上车点下车
                 <w:br/>
                 市区指定范围内15人或以上定点接送
                 <w:br/>
                 （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -408,55 +406,55 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程特色：
                 <w:br/>
+                清远“小洱海”新晋网红打卡南岸公园
+                <w:br/>
+                含1 午餐麻鸡村 99.99%纯度正宗清远鸡
+                <w:br/>
                 黄腾峡十八瀑 观天门广场网红天门悬廊大球拍（含黄腾峡十八瀑）
-                <w:br/>
-[...2 lines deleted...]
-                含1正1下午茶 午餐麻鸡村 99.99%纯度正宗清远鸡 精美下午茶
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,63 +571,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：出发-北江南岸公园-午餐-清远黄腾峡生态旅游区-达仁堂国药文化馆--返程 含：午餐
+                第1天：出发-北江南岸公园-午餐-清远黄腾峡生态旅游区--返程 含：午餐
                 <w:br/>
                 于指定各站点接载客人后，乘车抵达—清远市。
                 <w:br/>
                 前往【北江南岸公园】位于清远市清城区北江南岸、北江一路以北的带状区域，西起丁香花园酒店，东至五一码头，岸线总长约8公里，建设用地总面积约为81.1万平方米，是清远市积极推进全省建设“万里碧道”工作的重点工程，总投资约5亿元。主要建设内容包括：场地平整、土方工程、道路工程、给排水工程、停车场工程、园路与广场工程、园林小品工程、绿化工程、配套用房建筑工程、室外体育活动场地工程、以及配套设施工程等。项目将以以生态为底基，文化为先导，新建约8公里的沿江绿道，同时综合考虑周边市民群众的生活需求，将公园打造成为集市民健身，文化展示，休闲游乐，绿色低碳的城市新名片。一到冬日可见湖边的一排排水杉，就会有不少市民和游客打卡拍照，湖面波光粼粼倒映着一片水杉红美得让人不忍离开!
                 <w:br/>
                 午餐享用【午餐麻鸡村 99.99%纯度正宗清远鸡】；
                 <w:br/>
                 参考菜单（九菜一汤）：白切清远麻鸡1只、灌汤烧鸭1例、梅菜蒸肉饼1例、清蒸北江河皖1条、酸菜炒鸡杂1例、葱油淋腐竹1例、豆角炒茄子1例、番茄煮土鸡蛋1例、蒜蓉炒时蔬1例、老火例汤1例
                 <w:br/>
                 餐后前往【清远黄腾峡生态旅游区】（含黄腾峡十八瀑）隐身于黄腾峡原生态大峡谷青山绿水之中，以360度视角观赏天门悬廊世界最大的环形瀑布为主。十八瀑沿下山之路陆续可见，山中水流借山体之势顺流而下形成十八处瀑布观赏景观，各处瀑布水流急缓、高低不一，独具特色。沿山道而下，可近距离感受每处瀑布带来的水景盛宴，山水清澈、飞珠四溅、野花盛开、壮观迷人，若三五好友同行，水声和笑声交融在山林美景之中，实在让人神往。
-                <w:br/>
-                后参观黄腾峡景区为了响应国家发展中医药的号召、推动中国中医文化宣传，特邀请百年老字号达仁堂在清远黄腾峡设立达仁堂国药文化馆(参观时间约120分钟）达仁堂是国家一级企业、百年老字号、隶属津药（达仁堂上市企业），为响应国家宣传和弘扬中医药文化的国策，让大家多点了解一下中医药文化，中医药文化小技巧，把健康带回家！（提供下午茶：咖啡/红茶/糕点），（客人可自由购买。如遇景点关闭等因素导致无法前则取消赠送，不作提前通知。）
                 <w:br/>
                 随后结束愉快行程，返回温馨的家。 
                 <w:br/>
                 <w:br/>
                 【温馨提示：以上游览时间仅供参考，具体以当天实际游览为准！】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
@@ -700,57 +696,57 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
-                2、用餐：含1正1下午茶（八餐一汤，10-12人/围，如客人放弃则不退）
+                2、用餐：含1正餐（八餐一汤，10-12人/围，如客人放弃则不退）
                 <w:br/>
                 3、景点：含景点第一大门票（园中园景点自理）
                 <w:br/>
                 4、导游：提供专业导游服务
                 <w:br/>
-                5、购物：1站【冯了性国药基地】或【达人堂中医馆】
+                5、购物：0购物
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -758,245 +754,52 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
-                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动）
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1198,51 +1001,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1386,79 +1189,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>