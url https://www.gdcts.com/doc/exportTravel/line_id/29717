--- v1 (2026-01-16)
+++ v2 (2026-03-10)
@@ -1001,51 +1001,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-17</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>