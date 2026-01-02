--- v0 (2025-10-30)
+++ v1 (2026-01-02)
@@ -1627,51 +1627,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-30</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>