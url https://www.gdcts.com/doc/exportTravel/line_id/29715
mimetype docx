--- v1 (2026-01-02)
+++ v2 (2026-03-05)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【越南】舒心芽庄 | 广州南方航空往返 | 无自费 | 4晚五星酒店行程单</w:t>
+        <w:t xml:space="preserve">【越南】舒心芽庄 | 广州南方航空往返 | 4晚五星酒店 | 特色美食 | 可配全国联运行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1737940807K6</w:t>
+              <w:t xml:space="preserve">ZQNY-SA1737940807K6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,110 +343,110 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-芽庄：CZ6049  16:00-17:50
-[...1 lines deleted...]
-                芽庄-广州：CZ6050  18:45-22:25
+                广州-芽庄 CZ8475 08:30-10:05
+                <w:br/>
+                芽庄-广州 CZ6050 16:00-19:50
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★ 优质交通：广州往返 南方航空 正点航班
                 <w:br/>
-                ★ 品质服务：全程中文地陪+专业领队悉心陪同、照料
+                ★ 品质服务：当地中文导游+全程专业领队悉心陪同、照料
                 <w:br/>
                 ★ 优质住宿：4晚连续入住网评五星度假酒店，地理位置优越，出行方便
                 <w:br/>
-                ★ 经典打卡：芽庄大教堂、天依女神庙、五指岩、芽庄夜市
-[...3 lines deleted...]
-                ★ 特色美食：芽庄特色簸箕餐、三宝餐、越式风味餐
+                ★ 经典打卡：芽庄大教堂、天依女神庙、五指岩、仙境湾、芽庄夜市
+                <w:br/>
+                ★ 著名遗迹：历史打卡，感受风土文情，享受阳光与海滩
+                <w:br/>
+                ★ 特色美食：越式风味餐、特色簸箕餐、海鲜火锅餐、三宝餐、冰茶&amp;滴漏咖啡、水果大餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,70 +565,72 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-芽庄
                 <w:br/>
-                指定时间于广州白云机场集合，搭乘航班飞往东方马尔代夫之称“芽庄”（飞行时间约2.5小时），抵达后品尝特色晚餐，随后送往酒店休息。
+                指定时间于广州白云机场集合，搭乘航班飞往东方马尔代夫之称“芽庄”（飞行时间约2.5小时），抵达后由导游接机，品尝特色越式午餐，下午出发游览【隆山寺】（游览时间约60分钟）建于19世纪后期，历经修缮后现在仍有很多僧侣在这里修行。寺内的汉字门联、龙纹雕柱等元素都透露着强烈的中国文化气息。龙山寺的吸引人之处在于其后山的白色大佛。爬上后山的150级台阶，就会来到这24米高的大佛前，这里可以俯视芽庄的城市美景。神奇的是，在芽庄市区的任何地方，都能看见这座白色的大佛俯视着苍生。接着游览【天依女神庙】 (游览时间约60分钟)当地人又称此庙为婆那加，这里有几栋魏峨的宝塔，据说在7至12世纪此地共有8座宝塔，现只剩4座，其中最大的主塔内供奉占婆女神，她是古时候统治芽庄的占婆王国之母，印度教徒称占婆女神是印度教希瓦神(Siva)的化身，越南佛教徒称她为天依女神。接着游览【芽庄大教堂】（游览时间约40分钟）矗立在一个小山坡上，沿着开满小花的阶梯上去。
+                <w:br/>
+                晚上前往品尝芽庄特色簸箕餐，结束后送往酒店入住休息！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：簸箕餐   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：越式风味餐     晚餐：芽庄特色簸箕餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芽庄网评五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -641,70 +643,70 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄
                 <w:br/>
-                酒店享用自助早餐后，出发芽庄码头，开启出海跳岛游，乘木船出海，安排前往【竹岛】在这里体验越南风味美，这是一个自然风光美丽的小岛，可以上岛躺下晒太阳，享受宁静的时光。【珊瑚岛】这里的海水清澈透明，浮在水面埋下头，五彩斑斓的海底世界就清晰地和你融为一体。远观【海燕岛】（不上岸）岛上有成群结队的燕子居住在岛上，芽庄这个岛盛产燕窝，因此不能上岛，可以远观拍照留念。游玩结束后返回码头，送往酒店休息。
+                酒店享用自助早餐后，出发游览【仙境湾】（游览时间约120分钟）“不求天上人间，只求仙境一天”仙境湾又叫金兰湾，也有人叫它“天堂湾”。它位于芽庄市区以北约60公里外的小海湾，这里享有芽庄最美海滩称号，来到这里的第一感觉就是蓝，天空是湛蓝的，海水似孔雀蓝一般，很耀眼、很纯净，一望无际的白色沙滩，还有成排的椰林，此起彼伏的海浪，风景美如画。途中安排品尝“水果大餐”，品尝各式各样的东南亚热带水果。随后前往【南洋奇宝馆】（游览时间约120分钟）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：岛上简餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：海鲜火锅餐     晚餐：越式风味餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芽庄网评五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -717,70 +719,72 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄
                 <w:br/>
-                酒店享用自助早餐后，出发游览【仙境湾】（游览时间约60分钟）“不求天上人间，只求仙境一天”仙境湾又叫金兰湾，也有人叫它“天堂湾”。它位于芽庄市区以北约60公里外的小海湾，这里享有芽庄最美海滩称号，来到这里的第一感觉就是蓝，天空是湛蓝的，海水似孔雀蓝一般，很耀眼、很纯净，一望无际的白色沙滩，还有成排的椰林，此起彼伏的海浪，风景美如画。途中安排品尝“水果大餐”，品尝各式各样的东南亚热带水果。随后前往【乳胶中心】（游览时间约120分钟）。
+                酒店享用自助早餐后，全天自由活动！（可选择我司推荐的特色项目，详情请参考补充项）
+                <w:br/>
+                温馨提示：自由活动期间，请注意保管好个人贵重物品及财物。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：越式风味餐     晚餐：越式风味餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芽庄网评五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -793,70 +797,74 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄
                 <w:br/>
-                酒店享用自助早餐后，发出游览【芽庄大教堂】（游览时间约40分钟）矗立在一个小山坡上，沿着开满小花的阶梯上去。随后前往【珍宝馆】（游览时间约120分钟）。接着前往游览【天依女神庙】 (游览时间约60分钟)当地人又称此庙为婆那加，这里有几栋魏峨的宝塔，据说在7至12世纪此地共有8座宝塔，现只剩4座，其中最大的主塔内供奉占婆女神，她是古时候统治芽庄的占婆王国之母，印度教徒称占婆女神是印度教希瓦神(Siva)的化身，越南佛教徒称她为天依女神。随后前往【南洋奇宝馆】（游览时间约120分钟）。接着傍晚时间段前往【夜市】（自由活动，约120分钟）芽庄最繁华的也是一条街，靠近海边，品类繁多，特闹非凡，成为了当人的网红打卡点。
+                酒店享用自助早餐后，前往参观【乳胶中心】（游览时间约120分钟）。接着出发游览【五指岩】（游览时间约60分钟）又称钟屿石岬角，这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特色的【冰茶和滴漏咖啡】享受风情。
+                <w:br/>
+                午餐后，出发前往【百蛋泥浆浴】（游览时间约120分钟）位于风景如画的芽庄市，这座独特的主题公园以其天然的泥浆浴和温泉体验吸引着无数游客。公园因其众多形似蛋的泥浆浴池而得名，这些浴池分布在郁郁葱葱的热带花园中，为游客提供了一个与大自然亲密接触的机会。泥浆浴以其丰富的矿物质成分而闻名。除了泥浆浴，公园还提供多种温泉体验。温泉水源自地下深处，富含矿物质，温暖舒适，游客可以在不同温度的温泉池中选择适合自己的体验。温泉区设计精美，周围环绕着自然景观。公园不仅提供泥浆浴和温泉，还设有多种娱乐设施。
+                <w:br/>
+                接着返回前往【芽庄夜市】（自由活动，约120分钟）芽庄最繁华的也是一条街，靠近海边，品类繁多，特闹非凡，成为了当人的网红打卡点。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：三宝餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式/越式围餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芽庄网评五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -869,70 +877,70 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄-广州
                 <w:br/>
-                酒店享用自助早餐后，出发游览【五指岩】（游览时间约60分钟）又称钟屿石岬角，这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特有【滴漏咖啡】享受风情。午餐后，于指定时间前往机场办理离境手续，乘坐国际航班返回广州（飞行时间2小时15分钟），结束愉快的旅程！
+                酒店享用自助早餐后，随后前往【珍宝馆】（游览时间约120分钟）。随后前往享用午餐后，于指定时间前往机场办理离境手续，乘坐国际航班返回广州（飞行时间2小时15分钟），结束愉快的旅程！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式围餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：三宝餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -981,53 +989,53 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大交通：广州-芽庄，团队经济舱往返机票及税金（不含航司临时通知的涨幅）；
                 <w:br/>
                 交通标准：使用车辆合法旅游运营资质空调车辆，每人确保一正座，车型根据人数而定；
                 <w:br/>
-                酒店标准：2晚网评四星酒店+升级2晚网评五星酒店；为标准双人间含每人每天一床位（小孩价不占床位）；
-[...1 lines deleted...]
-                餐饮标准：全程4早餐/6正餐，（标准团队餐标：30元/餐；10 人每桌8 菜一汤，根据实际人数适当调整菜品）；
+                酒店标准：全程入住网评五星酒店；为标准双人间含每人每天一床位（小孩价不占床位）；
+                <w:br/>
+                餐饮标准：全程4早餐/6正餐（标准团队餐标：30元/餐；10 人每桌8 菜一汤，根据实际人数适当调整菜品）；
                 <w:br/>
                 门票标准：已含行程中景点首道大门票，行程以外不含；
                 <w:br/>
                 导游标准：全程当地中文导游陪同；
                 <w:br/>
                 领队标准：广州起止，全程领队服务(10人起派)；
                 <w:br/>
                 安全标准：旅行社旅游责任险；
                 <w:br/>
                 特别提醒：如遇旺季，景点顺序导游根据实际情况安排，敬请谅解；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1408,50 +1416,385 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">大叻一日游：保大行宫+大叻城市花园+情人谷+市内餐厅午餐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">保大夏宫1933年开建的夏宫内共有25间房间，保留了大多保大皇曾经使用过的器皿和具。大叻城市花园建于1966年，位于城市的心脏地带，覆盖面积约7000平方米。园内种植着几百种不同种类的花朵植物，如蝴蝶兰，绣球花，玫瑰，紫罗兰，含羞草和桃花等。情人谷位于大叻市郊的山区中，因两侧山崖如情人相依而立，故得名情人谷。生长在树林间的玫瑰花、茉莉花更为情人谷增添了浪漫色彩，是情侣们和当地人喜欢的郊游之地。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 600.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">珍珠乐园一日游+门票+导服+车费</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">珍珠岛一日游,含车费+导游+门票+服务费，早餐后前往VIPEARLLAND专用码头搭乘【跨海览车约12分钟】前往越南最大的游乐园，珍珠岛渡假园区。【跨海缆车每柜可坐8人，全长3000多公尺，高54公尺，由缆车中俯看碧海、蓝天、海岸、山丘、船只点点，感受芽庄美丽的海景风光，并可抵御7级风】，后【越南珍珠岛】岛上一票通，岛上拥有一個【室外游乐园区】：有云霄飞车、海盗船、高山索道等各种精彩刺激的活动；还有一个【室內游戏区】：內设有4D电影、碰碰车等各式各样的大型电玩。一个【水上世界公园】：有多种水上游戏，如高空快速滑水道、懶人池、海浪池等；还有一个大型、堪比美/新加坡/圣淘沙的【海底世界】：在海底长廊里，各式各样的热带鱼、鲨鱼、海龟环绕其中，仿佛置身于海底（参考开放时间：周一至周四09：00-20：30，周五至周日09：00-21：00）。以上设施皆可免费使用和游览，另还有商店街及美食村等，后乘缆车或快艇返回岸上。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 500.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">蚕岛精品游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">乘坐木船来到【蚕岛】，岛上享用自助大餐，岛上活动应有尽有，下午您可以欣赏到蚕岛五星酒店特有的歌舞表演(歌舞表演为酒店每日即时大众表演，专为团队客人表演），或者体验一把蚕岛高尔夫球场开放的免费20个球挥杆（如遇特殊情况高尔夫球场关闭，不再做另行安排）。或参加各种水上娱乐活动，享受水上独木舟免费一小时、海上皮划、簸箕船、。参观传统产品制作区，美艺，手工。还可尽情享受沙滩太阳浴，还可以于2400平米泳池尽情畅游。</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 400.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="remark"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1486,54 +1829,51 @@
                 <w:br/>
                 2、年龄限制：此线路因服务能力有限，无法接待婴儿（14天-2周岁（不含））出行；出于安全考虑，18岁以下未成年人需要至少一名成年旅客陪同；如出行人中超出25周岁~70周岁外的，价格需要加收，请另询价。
                 <w:br/>
                 3、人群限制：出于安全考虑，本产品不接受孕妇预订，敬请谅解；
                 <w:br/>
                 4、单房差：本产品可拼房。报价是按照2成人入住1间房计算的价格，如您的订单产生单房，将安排您与其他同性客人拼房入住。如您要求享受单房，请在页面中选择所需房间数或单人房差选项；
                 <w:br/>
                 5、出团通知：最晚在出行前1天您将收到《出团通知书》或服务人员的确认电话，请保持电话畅通并留意来电。如未收到请及时联系工作人员；
                 <w:br/>
                 6、旅游团队用餐，旅行社按承诺标准确保餐饮卫生及餐食数量，但不同地区餐食口味有差异，不一定满足您的口味需求，敬请谅解；
                 <w:br/>
                 7、本产品行程实际出行中，在不减少景点/场馆且征得您同意的前提下，导游、司机可能会根据天气、交通等情况，对您的行程进行适当调整（如调整景点/场馆的游览/参观顺序、变更集合时间等），以确保行程顺利进行；
                 <w:br/>
                 8、因当地经济条件有限，交通、酒店服务及设施、餐饮等方面与发达城市相比会有一定的差距，敬请谅解；
                 <w:br/>
                 9、禁忌提示：请尊重当地的饮食习惯、习俗禁忌、宗教礼仪等，入乡随俗，融入当地的民风民情；
                 <w:br/>
                 10、在您预订及出游过程中，我们请您特别关注中国外交部领事司发布的安全提醒和中华人民共和国文化和旅游部的出行提示；
                 <w:br/>
                 11、为了您人身、财产的安全，请您避免在公开场合暴露贵重物品及大量现金。上街时需时刻看管好首饰、相机等随身物品；
                 <w:br/>
                 12、游泳、漂流、潜水、滑雪、溜冰、戏雪、冲浪、探险、热气球、高山索道等活动项目，均存在危险。参与前请根据自身条件，并充分参考当地相关部门及其它专业机构的相关公告和建议后量力而行；
                 <w:br/>
                 13、旅游期间财物请随身保管，车上不可放贵重物品，自由活动期间注意安全，证件请交酒店保险箱寄存；
                 <w:br/>
-                14、请务必在规定时间前抵达集合地点，如有迟到者后果自负；
-[...2 lines deleted...]
-                本产品供应商为：广州市德华文化国际旅行社有限责任公司，许可证号：L-GD-CJ100073。此团 10人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州市德华文化国际旅行社有限责任公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州市德华文化国际旅行社有限责任公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
+                请务必在规定时间前抵达集合地点，如有迟到者后果自负；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1627,51 +1967,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1844,50 +2184,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="shop">
     <w:name w:val="shop"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>