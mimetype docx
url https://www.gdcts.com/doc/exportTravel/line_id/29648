--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州-三亚AQ1111/20:10（19:20）
-[...1 lines deleted...]
-                回程：三亚-广州AQ1112/22:50（22:00），最终航班以实际出票为准。
+                去程：广州-三亚AQ1111/19:20-20:55
+                <w:br/>
+                回程：三亚-广州AQ1112/22:30-00:20+1，最终航班以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -569,118 +569,116 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/20:10-21:40，含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，建议提前120分钟抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，含15kg行李额，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店.
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、三亚机场接机为散拼接机，如有其他客人临近航班的会等候一段时间，等候时间不超30分钟，请知悉。
                 <w:br/>
-                6、换季前航班参考：广州-三亚AQ1111/20:10-21:40、CZ6748/06:30-08:20（周四）；
-[...1 lines deleted...]
-                     2025年10月底换季后航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
+                6、换季后航班参考：广州三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00，如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 7、出于安全考虑：凡75岁（含75岁）以上老年人，原则上恕不接待。70岁以上老人（含70岁）需要有年轻直系家属（30-55岁之间）陪同，并签订免责协议；
                 <w:br/>
                 8、18岁以下未成年人参团，必须有成人家属陪同，请谅解。
                 <w:br/>
                 9、单人预定须知：报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话；
                 <w:br/>
                 10、不同酒店版本对应不同价格，酒店参考：
                 <w:br/>
-                五钻近海版：三亚丽禾华美达广场.舒适房/四季海庭酒店.市景房/明申高尔夫酒店.花园房/鹿岭海湾维景.山景房/椰林滩酒店.花园房/半山半岛帆船港.海景房/三亚胜意海景度假酒店.城市景观房/西藏大厦.园景房或不低于以上标准酒店；
+                五钻近海版：三亚丽禾华美达广场.舒适房（1月下架此酒店）/四季海庭酒店.市景房/明申高尔夫酒店.花园房/鹿岭海湾维景.山景房/椰林滩酒店.花园房/半山半岛帆船港.海景房/三亚胜意海景度假酒店.城市景观房/西藏大厦.园景房或不低于以上标准酒店；
                 <w:br/>
                 五钻海景版：丽禾华美达广场.豪华海景房/三亚湾迎宾馆.豪海/三亚胜意海景度假酒店.180度无敌海景房/三亚大东海酒店.高级海景房/银泰阳光度假酒店.豪华海景房/凤凰岛度假酒店.全海景房/京海国际假日酒店.豪华海景房或不低于以上标准酒店
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（近海品质版）：君然温泉/椰蓝湾/君锦滨海B栋/大东海君亭酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（近海品质版）：君锦滨海B栋/大东海君亭/玛瑞纳/椰蓝湾/君然温泉/碧海金沙/新城酒店/玉海国际/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -739,51 +737,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：火车头海鲜广场定制海鲜餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（近海品质版）：君然温泉/椰蓝湾/君锦滨海B栋/大东海君亭酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（近海品质版）：君锦滨海B栋/大东海君亭/玛瑞纳/椰蓝湾/君然温泉/碧海金沙/新城酒店/玉海国际/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -831,51 +829,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：养生椰子鸡     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（近海品质版）：君然温泉/椰蓝湾/君锦滨海B栋/大东海君亭酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（近海品质版）：君锦滨海B栋/大东海君亭/玛瑞纳/椰蓝湾/君然温泉/碧海金沙/新城酒店/玉海国际/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -908,51 +906,51 @@
                 5、免费提供"矿泉水"、欢迎饮料、
                 <w:br/>
                 6、当季时令水果果盘；
                 <w:br/>
                 7、水上玩具:魔毯体验(可调，以当天实际安排项目为准)；
                 <w:br/>
                 8、互动体验掌舵等驾驶体验,让你当一次做船长的感觉；
                 <w:br/>
                 9、免费更衣冲淡（温馨提示：建议自带浴巾和干爽、洁净的衣服）
                 <w:br/>
                 10、全程资深船长和水手为您提供贴心服务/贴心提供出海保险；
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、摩托艇为赠送项目，仅限5岁以上以及55岁以下成人体验，因个人原因未体验，费用不予退还；【套餐以外的水上项目自愿自费消费】
                 <w:br/>
                 2、因三亚政策原则，从即日起打包游艇出海的产品都不能安排赠送潜水，请谅解。
                 <w:br/>
                 晚上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
-                2、换季前航班参考：三亚-广州AQ1112/22:40-00:15+1、CZ6737/22:10-23:55（周四）；10月底换季后航班参考：三亚广州AQ1112/22:00-23:45；如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
+                2、换季后航班参考：三亚广州AQ1112/22:30-00:20+1；如出AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 3、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定；
                 <w:br/>
                 4、海南大部分景区均自设有购物商场（基本上为开放式商场），旅行社会存在途经，敬请谅解，消费遵循自愿原则。
                 <w:br/>
                 5、备注：此产品会与0购亚特产品拼团出发，行程区别在于：D4下午行程区分，其他行程用餐一致
                 <w:br/>
                 交通：旅游车+飞机
                 <w:br/>
                 景点：南山，游艇出海
                 <w:br/>
                 自费项：景区内园中园项目，消费自愿原则，费用请当地自理；海上娱乐项目等（自愿选择，费用不含）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1735,51 +1733,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>