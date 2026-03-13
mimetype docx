--- v0 (2025-12-02)
+++ v1 (2026-03-13)
@@ -400,95 +400,101 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【航司】：深圳搭乘中国国际航空CA，直达非洲大陆；免费赠送国内联运，出行更方面！
                 <w:br/>
-                无购物，高端服务，让您放心游；
-[...5 lines deleted...]
-                【特别安排】：
+                0购物0自费，高端服务，让您放心游；
+                <w:br/>
+                6+0人发团，9人起派中文领队全程陪同；
+                <w:br/>
+                【酒店】：
+                <w:br/>
+                首都星级酒店与特色山庄（Lodge）, 特色多样非洲风情住宿；
+                <w:br/>
+                特别安排：
                 <w:br/>
                 著名南非太阳城度假村入住5星Cascades Hotel ；
                 <w:br/>
                 博茨瓦纳奥卡万戈三角洲内野奢营地
                 <w:br/>
                 开普敦酒庄区特色酒庄酒店
                 <w:br/>
-                【用餐安排】：
+                鲸湾海边特色酒店
+                <w:br/>
+                用餐安排：
                 <w:br/>
                 特别安排德式猪肘餐，西式生蚝，中式龙虾餐，中式鸵鸟肉餐，BOMA烧烤晚餐，大瀑布瞭望餐厅，让您体验非洲当地各式风味美食。。。。
                 <w:br/>
-                行程：
+                【行程】：
                 <w:br/>
                 精华景点荟萃
                 <w:br/>
                 1、游览南非比林斯堡野生动物园（含敞篷车），近距离观看野生动物。
                 <w:br/>
                 2、南非是世界上六大有名的葡萄产区之一，特别安排在开普敦酒庄区的私人酒庄品酒。
                 <w:br/>
                 3、含桌山360度旋转缆车登顶，再去非洲大陆西南端的天之涯、海之角【好望角】打卡。
                 <w:br/>
                 4、探访世界上最古老的沙漠----纳米布沙漠，形成于6000万年前，与大西洋相依相偎，一路纠缠1600公
                 <w:br/>
                 里，谱写一段地理传奇；
                 <w:br/>
                 5、鲸湾安排乘船出海观看海豹海豚，观鹈鹕、鲸鱼，与海豹嬉戏，品最新鲜美味生蚝；
                 <w:br/>
                 6、三明治湾四驱车冲沙，惊险刺激，寻找沙漠动物，拍摄沙海相连美景；
                 <w:br/>
                 7、世界上最美的沙丘---苏斯斯黎45号沙丘，不管风多强它永远都保持优美的S形曲线，宛如优雅的少女；
                 <w:br/>
                 8、特别安排维多利亚大瀑布；瀑布城住2晚，利文斯通住1晚，全方位欣赏举世闻名的维多利亚大瀑布；
                 <w:br/>
                 9、特别安排船游赞比西河，将有机会可以看到大量的猫科动物、河马及鳄鱼，欣赏赞比西河美丽日落。
                 <w:br/>
                 12、特别安排前往2016年孤独星球推荐NO.1的博茨瓦纳乔贝国家公园两大SAFARI体验：越野车+快艇
                 <w:br/>
                 13、探秘世界最大内陆三角洲、世界自然遗产名录：博茨瓦纳奥卡万戈三角洲，野生动物的天堂。
+                <w:br/>
+                在三角洲内体验越野车深度游猎+夕阳酒会+传统的独木舟Mokoro巡游
                 <w:br/>
                 14、特别安排一程飞机从乔贝飞到马翁，减少7小时拉车之辛苦。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -685,51 +691,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                深圳-约堡-约堡-维多利亚瀑布城（津巴布韦）
+                深圳-约堡-维多利亚瀑布城（津巴布韦）
                 <w:br/>
                 早晨在约堡转机飞往维多利亚瀑布城，抵达后导游接机，特别赠送河畔纪念碑，第一个抵达这里的欧洲人大卫.利文斯通沿赞比西河探险，就是从这里上岸，发现了维多利亚瀑布；第一架欧洲飞过来的飞机也是降落在赞比西河上，从这里登陆。
                 <w:br/>
                 【乘船游览赞比西河】（约2小时)，将有机会可以看到大量的猫科动物、河马及鳄鱼，静静欣赏赞比西河美丽的日落。
                 <w:br/>
                 【BOMA烧烤晚餐】津巴布韦最著名的特色餐厅，您将充分感受到津巴布韦人的热情与好客。餐厅提供四菜式晚餐，其中包括令人垂涎的厨房前菜、用篝火煲好的靓汤以及盛放在铁质餐具中的烧烤自助餐。
                 <w:br/>
                 晚餐后入住象山酒店 ，公园中的酒店 ，酒店前面是一望无际的大草坪 ，各种动物会在这里出没 。
                 <w:br/>
                 温馨提示：入住酒店时需关好窗户 ，避免猴子潜入您的房间。
                 <w:br/>
                 交通：飞机、汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -907,97 +913,95 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">乔贝cresta mowana safari &amp; spa或同级</w:t>
+              <w:t xml:space="preserve">乔贝当地特色营地</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                乔贝国家公园-马翁-奥卡万戈三角洲营地(车程约2小时）
-[...1 lines deleted...]
-                参考航班：BP33 BBK-MUB 11:30-12:30
+                乔贝国家公园马翁-奥卡万戈三角洲营地(车程约3~5小时） 参考航班：BP33 BBK-MUB 11:30-12:30
                 <w:br/>
                 清晨前往乔贝国家公园，乘坐专业越野吉普车看动物Safari，后返回酒店早餐。
                 <w:br/>
                 随后前往机场送机。
                 <w:br/>
-                抵达马翁机场，接机后，乘越野车前往【奥卡万戈三角洲最核心的区域】，入住特色营地。
+                抵达马翁机场，接机后，乘越野车前往【奥卡万戈三角洲】，入住特色营地。
                 <w:br/>
                 下午您将开始难忘的奥卡万戈三角洲之旅。作为联合国评选的第1000个世界自然遗产，奥卡万戈三角洲是世界上公认的最大最漂亮的内陆湿地，被誉为非洲野生动物最后的伊甸园，也是非洲Safari看动物的天花板。也是一个奇迹般的存在，在广袤无垠的沙漠中，它如同一颗璀璨的绿宝石，碧绿的河流在黄色的大地上纵横交错，形成了一幅绚丽多彩的水道网络。这里水源充足，吸引了大量野生动物聚集，包括斑马、鹿群、水牛、河马、大象和犀牛等，场面恢宏壮观。而食肉动物如狮子、野狗和豹群也纷纷前来，使得奥卡万戈三角洲成为了世界上最大的野生动物集中营之一。营地下午茶后，乘越野车游猎+夕阳酒会。
                 <w:br/>
                 交通：飞机-汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
@@ -1073,51 +1077,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：酒店午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cresta Maun特色Loadge或同级</w:t>
+              <w:t xml:space="preserve">Cresta Maun特色营地或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1134,51 +1138,51 @@
               </w:rPr>
               <w:t xml:space="preserve">
                 马翁-杭济（车程约4.5小时）
                 <w:br/>
                 早餐后，乘车前往博茨瓦纳边境城市杭济，抵达后用午餐，下午前往参观【布须曼人村落】跟他们学习染布、狩猎、传统医药、钻木取火等非洲部落技艺，欣赏传统歌舞表演。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：营地早餐     午餐：打包午餐     晚餐：酒店晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：营地早餐     午餐：当地午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Kalahari arms hotel特色Lodge或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1275,91 +1279,91 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 温得和克-苏丝斯黎红沙漠（距离约380公里，车程约5小时）
                 <w:br/>
                 早餐后，前往世界上最古老的【纳米布沙漠】，这片神秘古老的沙漠，在阳光的照耀下有丝绸般柔美的曲线，令人惊叹的奇妙光影，极具冲击力的多样暖色，让每个游客流连忘返，为之沉醉。在这片看似荒凉了无生机的沙漠中，却有许多与众不同的植物和野生动物，这些守护着古老沙丘的“精灵”展现出富有激情的顽强生命力。
                 <w:br/>
-                抵达后，可以选择自费参加酒店的夕阳巡游（约2小时）活动，从酒店出发，到达庄园的私人保护区，在一个视野广阔的地方欣赏壮观的日落。也可以在酒店悠闲休息，泳池清凉畅游。
+                抵达后，可享受酒店设施和沙漠静谧的悠闲休息，。
                 <w:br/>
                 夜间运气好的话可以到观赏被评为世界最美星空之一的纳米比亚沙漠星空，夜空星罗棋布,繁星点点,旱季常能看到清晰的银河,繁喧都市难以见到的美景在这里会真实地展现在你的眼前。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：当地晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">红沙漠Namibia Desert Lodge 4星或同级</w:t>
+              <w:t xml:space="preserve">红沙漠Namibia Desert Lodge 特色营地或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2189,131 +2193,131 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、机票标准：各地起止全程经济舱机票及机场税，机票不允许改名、退票、改票、改期。（不含航空公司临时新增的燃油附加费）；
-[...15 lines deleted...]
-                9、保险标准：旅行社责任险。
+                机票标准：各地起止全程经济舱机票及机场税，机票不允许改名、退票、改票、改期。（不含航空公司临时新增的燃油附加费）；
+                <w:br/>
+                酒店标准：行程中所列星级酒店的双人间。（标准为二人一房，如需入住单间则另付单间差费用或我社有权有权利提前说明情况并调整夫妻及亲属住宿安排）；非洲的酒店没有官方公布的星级标准，没有挂星制度。一般所标明的星级标准为当地行业参考标准，普遍比国内同级酒店略差一点。
+                <w:br/>
+                用餐标准：行程中所列餐食，午晚餐为中式团队餐（10人一桌，餐标六菜一汤)或特色餐（以行程为准）。如果不用餐或因个人原因超出用餐时间到达餐厅的，不再另补且费用不退。（用餐时间在机场候机或飞机上的餐食由客人自理）；
+                <w:br/>
+                景点标准：行程中所列景点的首道门票（不含景区内的二道门票及个人消费）。行程表中标明的景点游览顺序和停留时间仅供参考，我公司有权根据当地天气、交通等情况调整景点顺序，实际停留时间以具体行程游览时间为准；
+                <w:br/>
+                用车标准：空调旅游巴士。
+                <w:br/>
+                导游司机标准：全程中文导游、外文司机陪同；9 人以上安排领队。
+                <w:br/>
+                保险标准：旅行社责任险。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、护照费用（护照原件离回程日期6个月以上有效期，至少有4页完整空白页）；
-[...15 lines deleted...]
-                9、客人往返出境口岸的一切费用；
+                护照费用（护照原件离回程日期6个月以上有效期，至少有4页完整空白页）；
+                <w:br/>
+                签证标准：不含纳米比亚/南非签证费共1900 元(请报名时和团费一起结算)，不含津巴布韦落地签证 60 美金/人（现付海关）及博茨瓦纳落地签30美金/人（海关只支持刷卡）。 
+                <w:br/>
+                境外全程司导服务费RMB1900元/人(请报名时和团费一起结算)。
+                <w:br/>
+                全程单房差：10000元
+                <w:br/>
+                行程表以外行程费用；
+                <w:br/>
+                行李物品的搬运费、保管费及超重费；
+                <w:br/>
+                一切个人消费（如：电话、传真、电视付费频道、洗衣、饮料等）；
+                <w:br/>
+                旅游者因违约、自身过错或自身疾病引起的人身和财产损失；
+                <w:br/>
+                非我社所能控制因素下引起的额外费用，如：自然灾害、罢工、境外当地政策或民俗禁忌、景点维修等；
+                <w:br/>
+                游客人身意外保险；
+                <w:br/>
+                客人往返出境口岸的一切费用；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -2357,50 +2361,130 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：深圳市特色行国际旅行社有限公司，许可证号：L-GD-CJ00457。此团 9人成团，为保证游客如期出发，我社将与其他旅行社共同委托深圳市特色行国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由深圳市特色行国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
                 特别说明：
                 <w:br/>
                 1、游客因个人原因临时自愿放弃游览，景点门票费用、酒店住宿费用、餐费、车费等均不退还。
                 <w:br/>
                 2、行程表中所列航班的起抵时间均为当地时间，“+1”表示航班第二天抵达。
                 <w:br/>
                 3、行程表中所列餐食，“X”表示该餐食不包含在行程中。
                 <w:br/>
                 4、保险说明：强烈建议客人自行购买“游客人身意外保险”，如旅行社出资为游客投保，如客人发生意外伤害事件，视事实情况保险公司对此承担相应的法律责任，游客获得保险公司理赔金额后，相应免除旅行社的赔付责任。“游客人身意外保险”的适用范围以及条件以“中国人民财产保险股份有限公司境外旅行意外伤害保险条款”为原则。
                 <w:br/>
                 5、18岁以下小童出境旅游，必须带齐户口本，出生证，公证书原件等证件，以备在办理登机时航空公司检查。
                 <w:br/>
                 6、如拒签或签证已经入签，客人因个人原因自行取消，须付签证费用（不含机票及酒店等其他损失，最终以旅游合同规定来收取损失费用），且须要消签完毕后，才能将护照交回给客人。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                奥卡万戈三角洲旅游及营地住宿须知 
+                <w:br/>
+                1、酒店没有电网围墙，晚上的户外活动时绝对禁止的，晚上不能离开房间； 
+                <w:br/>
+                2、一般营地没有手机信号、wifi 信号，在三角洲的时间基本与外界隔绝； 
+                <w:br/>
+                3、进出三角洲如果有乘坐当地小飞机，因为飞机较小，游客所带行李请注意：行李重量 
+                <w:br/>
+                包含手提行李一般 10-20 公斤/人；托运行李需用软包打包，禁止用硬壳行李箱。 
+                <w:br/>
+                建议游客搭乘小飞机之前提前打包好行李； 乘坐小飞机会比较颠簸，晕机的客人请提前备好药品； 
+                <w:br/>
+                <w:br/>
+                4、体重超过 100 公斤的客人请提前告知旅行社，旅行社会提前通知小飞机公司注意平 
+                <w:br/>
+                衡飞行重量； 
+                <w:br/>
+                5、三角洲早晚会比较冷，特别是外出看动物会很冷，请带一件厚且防风的保暖外套。 
+                <w:br/>
+                丛林漫步（BUSH WALK)野外有锋利的植被，请穿长裤； 
+                <w:br/>
+                6、小费：酒店工作人员的人数跟游客人数之比一般是 2:1，小费是酒店工作人员的重 
+                <w:br/>
+                要收入；建议每人每天准备 10 美金小费：5 美金交给户外的司机；另外 5 美金自行放 
+                <w:br/>
+                到酒店指定的小费盒子（TIP BOX)里； 
+                <w:br/>
+                7、有特殊饮食要求的客人需要提前通知，酒店好提前安排。所有食品酒水都需用小飞 
+                <w:br/>
+                机运到三角洲，所有餐食会比较简单，请谅解； 
+                <w:br/>
+                8、酒店会尽量安排各项活动给客人，原则上每天会安排早晚共两次活动，但由于接待 
+                <w:br/>
+                能力有限，有可能会同其他酒店客人一起活动，请理解，如果需要包车请提前预订；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -2486,51 +2570,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-02</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>