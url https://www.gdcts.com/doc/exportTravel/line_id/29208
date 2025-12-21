--- v0 (2025-10-27)
+++ v1 (2025-12-21)
@@ -1555,51 +1555,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-28</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-21</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>