--- v1 (2025-12-21)
+++ v2 (2026-03-01)
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251023U4UW</w:t>
+              <w:t xml:space="preserve">AA20260326U4UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -408,75 +408,73 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 产品经理推荐	
                 <w:br/>
-                 全程国际五星酒店：迪拜2晚国际五星+1晚7星帆船酒店+1晚阿布扎比萨迪亚特岛卓美亚度假村，享奢华酒店体验
+                全程国际五星酒店：2晚国际五星+1晚7星帆船酒店+1晚阿布扎比萨迪亚特岛卓美亚度假村，享奢华酒店体验
                 <w:br/>
                  入住帆船酒店170平米豪华单卧双床海景套房，饱览阿拉伯海湾壮丽景致
                 <w:br/>
-                 全程阿联酋航空，广州直飞迪拜
-[...7 lines deleted...]
-                 全程含餐，中式团餐+阿拉伯自助餐+海鲜手抓饭，独家安排阿拉伯烤全羊宴
+                全程阿联酋航空，广州直飞迪拜
+                <w:br/>
+                特别包含：【沙漠冲沙】迪拜不可错过的体验项目，乘坐陆巡越野车深入沙漠腹地，感受惊险刺激的沙漠魅力，观营地表演，品沙漠烧烤晚餐
+                <w:br/>
+                全程纯玩不购物，更充足的游玩时间
+                <w:br/>
+                全程含餐，中式团餐+阿拉伯自助餐+海鲜手抓饭，独家安排阿拉伯烤全羊宴
                 <w:br/>
                 7星帆船酒店自助早餐
                 <w:br/>
-                  阿布扎比萨迪亚特岛卓美亚度假村酒店自助晚餐
-[...1 lines deleted...]
-                 畅玩首都阿布扎比2大主题乐园+海上卢浮宫（自费价值USD350/人）：
+                           阿布扎比萨迪亚特岛卓美亚度假村酒店自助晚餐
+                <w:br/>
+                畅玩首都阿布扎比2大主题乐园+海上卢浮宫（自费价值USD350/人）：
                 <w:br/>
                 阿布扎比法拉利世界 - 全球最大的室内主题公园，首家以法拉利为主题公园，过山车吉尼斯世界纪录保持者，拥有世界上最快和最高的过山车
                 <w:br/>
                 阿布扎比海洋世界 - 全球最大室内海洋生物主题公园，荣获吉尼斯世界纪录认证的中东地区首家海洋生物主题乐园，拥有全球最大多物种水族馆
                 <w:br/>
-                阿布扎比卢浮宫—法国卢浮宫第一个分馆，是一座漂浮在海上的博物馆，展示了来自世界各地的艺术品和文化遗产，是文化与艺术的完美结合.
+                阿布扎比卢浮宫—法国卢浮宫第一个分馆，是一座漂浮在海上的博物馆，展示了来自世界各地的艺术品和文化遗产，是文化与艺术的完美结合
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -765,61 +763,63 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                阿布扎比-迪拜
-[...9 lines deleted...]
-                  可自费参加【豪华大型游艇】体验，穿越高楼林立的Dubai Marina滨海新城。其中最有特色的就是整栋建筑,360度旋转的Infiniti Tower，以及全球最高的公寓大楼414米的Princess Tower；驶出滨海新城后，驶向世界第八大奇观棕榈岛，远观世界闻名的七星级帆船酒店和古堡酒店；最后穿过棕榈岛大桥，回到Marina滨海新城。约两小时。
+                阿布扎比-迪拜/沙迦
+                <w:br/>
+                酒店早餐后，返回迪拜，抵达后【特别安排搭乘迪拜空中轻轨电车(单程)】前往世界第八大奇迹-人造棕榈岛，近距离观看全迪拜最宏伟之［Atlantis The Palm］亚特兰蒂斯酒店，带您感受棕榈岛这项突破人类工程史的伟大计划（备注：棕榈岛轻轨于2025年12月起开始维修停运，何时通车待定，如遇轻轨停运，则改为乘车前往棕榈岛，车览亚特兰蒂斯酒店，敬请谅解）；前往Jumeirah海滨天然浴场远观帆船酒店（约10-15分钟）（此景点属于免费入内的公共海滩，团队参观时不允许私自下海玩水、游泳等，如发生事故，责任自负）
+                <w:br/>
+                参观【卓美亚运河集市】（入内约40分钟），这里的建筑风格带着典型的中东风情，就像是一座古代的阿拉伯城堡，十分复古风、欣赏着身边阿拉伯城堡的大气庄严，在半沙半水的国家感受别样的“威尼斯风情”，安然享受惬意时光。在这里您可以从另外一面欣赏到帆船酒店的“曼妙身姿”。
+                <w:br/>
+                 中午特别安排前往迪拜阿拉伯风情家园享受特色的美食--阿拉伯烤全羊宴，品味地道阿拉伯风味以及纯天然有机蔬菜美味中式菜肴，用美食治愈一切，用味蕾探索世界.（特别说明：团队人数15人及以上安排烤全羊，不足15人安排烤羊排餐）
+                <w:br/>
+                后入住酒店休息，下午自由活动（自由活动期间不含车，导服务）。
+                <w:br/>
+                可自费参加【豪华大型游艇】体验，穿越高楼林立的Dubai Marina滨海新城。其中最有特色的就是整栋建筑,360度旋转的Infiniti Tower，以及全球最高的公寓大楼414米的Princess Tower；驶出滨海新城后，驶向世界第八大奇观棕榈岛，远观世界闻名的七星级帆船酒店和古堡酒店；最后穿过棕榈岛大桥，回到Marina滨海新城。约两小时
+                <w:br/>
+                备注：如遇迪拜会展酒店涨价或者满房，则此日安排入住沙迦同级别酒店
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
                 景点：棕榈岛、亚特兰蒂斯酒店、帆船酒店、卓美亚运河集市等
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：烤全羊宴     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
@@ -853,61 +853,63 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                迪拜
+                迪拜/沙迦
                 <w:br/>
                 酒店早餐后乘车途径【迪拜金相框】“金相框”的正式名称叫“迪拜之框”，始建于 2013 年，坐落于扎比尔公园，高度约 150 米，宽 93 米。最令人称奇的是其外表全部贴金，总造价高达 1.6 亿迪拉姆（约合 3 亿人民币）。向人们呈现了这座城市的历史风景与现代建筑，挑选最佳拍摄地点与迪拜相框亲密合影（约10分钟）
                 <w:br/>
                   前往迪拜传统的【水上的士 ARBA】，搭乘传统工具，体验古时候早期的阿拉伯人往返迪拜运河两岸的场景。（约5分钟）
                 <w:br/>
                   前往具有中东风情的“1S”黄金市场（Golden Souq）及“2S”香料市场(Spice Souq)（约30分钟）
                 <w:br/>
                   前往【伊朗小镇】，巴斯塔基亚（Bastakiya）是阿联酋迪拜（Dubai）最古老的城区遗址，是海湾阿拉伯沿岸仅存的风塔建筑群，如今经过全面维修，再现了二十世纪初迪拜城历史建筑风貌。
                 <w:br/>
                   指定时间集合前往【沙漠冲沙】：进入金色的沙漠，乘坐4WD越野吉普车进行冒险家游戏—冲沙。这里有阿拉伯风情的骆驼农场，在沙丘顶峰停留片刻，欣赏沙漠日落；然后，进入沙漠营帐，骑骆驼，享用丰富阿拉伯晚宴：各种各式烧烤，各种饮料（不含带酒精饮品）等。可以穿着阿拉伯民族服饰拍照，品尝阿拉伯特色的水烟，绘制阿拉伯民族手绘。
+                <w:br/>
+                备注：如遇迪拜会展酒店涨价或者满房，则此日安排入住沙迦同级别酒店
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
                 景点：沙漠冲沙、迪拜金相框、水上的士 ARBA、伊朗小镇
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：七星帆船酒店自助早餐     午餐：海鲜手抓饭     晚餐：冲沙晚餐   </w:t>
             </w:r>
           </w:p>
@@ -941,55 +943,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                迪拜
+                迪拜/沙迦
                 <w:br/>
                 酒店早餐后乘车前往迪拜购物中心（Dubai Mall），迪拜购物中心于2008年11月4日正式开业，面积为1200多万平方尺，相当50个足球场的面积，成为世界上最大的购物中心。它拥有1200家商店，120家餐厅，虽然叫购物中心，DUBAI MALL却把购物、娱乐、宾馆住宿以及世界级的餐饮等元素结合为一体，创造了前所未有的新的传奇，把不可能变成了可能，充分体现出了迪拜的特色：“在迪拜没有不可能的事，永远只做第一。在商场内拥有一个“世界上最大整体玻璃的水族缸”。穿过商场走到尽头，您发现您站在了“世界最高塔”—哈利法塔（俗称迪拜塔）的脚下（可外观）。（Dubai Mall一般约为2小时，但自由活动时游客较分散，所以实际时间根据具体情况而定）；
                 <w:br/>
                   指定时间集合送入酒店入住休息。
+                <w:br/>
+                备注：如遇迪拜会展酒店涨价或者满房，则此日安排入住沙迦同级别酒店
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
                 景点：世界第一高塔-Burj Dubai哈里发塔、音乐喷泉等
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：中式午餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
@@ -1213,50 +1217,243 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
                 <w:br/>
                 2.	因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用
                 <w:br/>
                 3.	旅游意外伤害保险
                 <w:br/>
                 4.	如行李或物品丢失、被盗等意外损失费用
                 <w:br/>
                 5.	晚用车，给司机和导游加班费用
                 <w:br/>
                 6.	境外司机导游服务费：2000人民币/人
                 <w:br/>
                 7.	以上报价未提及的项目
                 <w:br/>
                 8.	特别要求之单间房差：人民币11000/人/全程，11岁以下小孩不占床减2000人民币，占床与成人同价
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">自费项目</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">详细内容请参考附件阿联酋特色自费项目表</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1555,51 +1752,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1743,50 +1940,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>