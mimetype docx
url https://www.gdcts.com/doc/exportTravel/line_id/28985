--- v1 (2025-12-24)
+++ v2 (2026-02-28)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【泰国】普吉斯米兰 6天5晚 | 广州CZ往返 | 斯米兰快艇出海 | 双体帆船珊瑚岛 | 秘境森林漫步Hanuman | 网红夜市 | 射击体验 | 泼水活动 | 浮潜行程单</w:t>
+        <w:t xml:space="preserve">【泰国】普吉斯米兰 6天5晚 | 广州CZ往返 | 斯米兰快艇出海 | 体验泰服拍摄 | 秘境森林漫步Hanuman | 网红夜市 | 射击体验 | 普吉老街 | 浮潜行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1734343068XZ</w:t>
+              <w:t xml:space="preserve">SA1734343068XZ-YT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -397,51 +397,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ◎【必玩指数】★★★★★一年只开放150天岛季节岛屿
                 <w:br/>
-                ◎【品质出行】纯玩质量保证、仅体验一个睡眠中心
+                ◎【优质航班】五星南航广州直飞普吉岛，拒绝廉价航空
                 <w:br/>
                 ◎【专业领队】广州起止，专业领队，悉心照料全程旅行
                 <w:br/>
                 ◎【优选住宿】入住2晚泳池别墅或同级+3晚国五温德姆系列酒店或同级
                 <w:br/>
                 ◎【跳岛浮潜】快艇斯米兰群岛--探秘斯米兰海底世界
                 <w:br/>
                 ◎【网红打卡】秘境森林漫步Hanuman+彩虹普吉老街+神仙半岛
                 <w:br/>
                 ◎【特别安排】实弹射击--解锁酷炫新体验
                 <w:br/>
                 ◎【美食享受】火山排骨+泰式海鲜BBQ+飞天空心菜
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -646,51 +646,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                斯米兰快艇出海一日游：4号+8号+9号浮潜
+                快艇跳岛 • 斯米兰群岛（世界级潜水圣地，遗世独立的蔚蓝秘境）  4号安岛-8号斯米兰岛（著名的风帆石观景台）-9号班古岛（观赏珊瑚礁，邂逅小丑鱼、海龟）
                 <w:br/>
                 早餐后前往【斯米兰岛】，开启出海一日游行程，斯米兰群岛是潜水天堂，你可以根据自身进行潜水或漫步在洁白的沙滩上，与水中热带鱼类欢快跳舞！斯米兰群岛是泰国非常适合潜水的水域，拥有11个岛屿。这里是宁静的热带群岛，且这些岛屿都未经开发，岛上呈现原始、纯朴的大自然之美，令人心旷神怡。岛下遍布各种各样的海洋生物，因此这里也被潜水爱好者誉为世界十大潜水胜地之一。您可以尽情的游泳与浮潜，同时可以在银白色的沙滩上自由活动。斯米兰岛的美丽是无法用言辞来形容的，只有您的亲身体验，才能感受它的独特魅力。
                 <w:br/>
                 <w:br/>
                 随后享用晚餐后回酒店休息。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.出海当天，请您穿短裤、泳衣和凉鞋，因海水潮汐，可能需要趟水上岸，潮水高时可能过膝盖，另外请注意保管好您随身物品，避免落入水中。
                 <w:br/>
                 2.游客在海边参加水上活动时，请自带好泳衣，注意自身健康及安全，患有高血压、心脏衰弱、刚做完手术、酒醉、孕妇、未满周岁幼儿，行动不便需用轮椅者，65 岁以上长者等不适合参加,船家有权谢绝上船，拒绝出海。
                 <w:br/>
                 3.因普吉资源有限，过岛所乘船只有可能与其他团队拼船，请谅解！如遇天气原因，海上风浪大等不可抗自然因素造成不能正常出海，封岛等，我社出于安全考虑，会调整形成顺序或者安排其他行程，团费不退，请您谅解。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -734,59 +734,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                秘境森林漫步Hanuman--佛吉水舞（泼水活动）--普吉老街（文艺打卡）--青蛙夜市
-[...7 lines deleted...]
-                【普吉老街】具有中葡风格的古老殖民主义建筑而闻名，创造性地装饰着鲜艳的色彩，它已摇身一变成为纪念品商店、优雅的咖啡店、可爱的冰淇淋店和小而美的民宿所在地，打卡马卡龙建筑，深入感受普吉当地人的惬意生活，了解多元文化。走一趟老城区，逛一逛周末市集，坐一下普吉餐厅，质朴的当地生活呈现的是与海边光鲜印象迥异的人文风情。
+                佛吉水舞（泼水活动）--秘境森林漫步Hanuman（漫步空中步道，亲近自然）--网红三只猴子餐厅下午茶（丛林景观，拍照圣地）--青蛙夜市
+                <w:br/>
+                早餐后，前往【佛吉水舞】宋干文化旅游景区，是泰国普吉岛较大的泼水狂欢主题活动旅游景区，在这里可以拜佛、浴佛、放花灯、祈福，观赏泰国民俗舞蹈，参与大型的泼水狂欢，非常震撼，该景区可容纳2000人同时泼水狂欢，可以了解泰国的泼水文化，一定要去体验和参与泼水哦，去感受泰国泼水节给人们带来的开心和快乐。
+                <w:br/>
+                <w:br/>
+                【Hanuman world天空漫步 SKY WALK】，认识神猴之家，观赏大森林的美景，普吉最受欢迎的运动，Hunuman world丛林飞跃，丛林飞跃就是将绳索绑在树与树之间，游客通过绳索飞跃在不同的树之间。（喜欢的客人可以自费玩耍，请导游帮忙沟通，不喜欢的朋友，可以打卡三只猴子餐厅，来一杯饮料，拍一张漂亮的照片）。
+                <w:br/>
+                <w:br/>
+                【悬崖山顶餐厅普吉岛树屋餐厅 Three Monkeys】什么！泰国惊现三只孙悟空？Three Monkeys Restaurant，三只猴子是普吉岛一家新晋网红餐厅，集酒吧、餐厅和咖啡厅于一体。在这里，仿佛置身于绿叶仙踪一样，是隐藏的美味胜地！来一杯下午茶，把好看的衣服穿起来，帽子戴起来，各种造型摆起来，你就是新一届的 INS人气博主~
                 <w:br/>
                 <w:br/>
                 【青蛙夜市】为什么到普吉岛一定要去逛一逛夜市？其实在各大旅游景点游览时，看到的可能更多的是来自世界各地的游客，而在当地的夜市，则能 接触到更多的当地人。在这里，我们将感受到普吉岛岛民更“本土 ”的生活方式，当然，这里的美食，小商品绝对不少，如果幸运，甚至还有机会遇到泰国当红明星超棒。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：泰式风味餐     晚餐：夜市自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -819,78 +819,78 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                睡眠体验馆--双体帆船珊瑚岛出海--实弹射击体验
-[...4 lines deleted...]
-                乘车前往码头，乘豪华双体帆船出海前往位于普吉岛东南部的【珊瑚岛】，距离普吉岛9公里。小岛从东到西长约3公里，但从南至北宽度仅约800米。珊瑚岛因丰富的珊瑚群生态而得名，在小岛的周围环绕着各种色彩缤纷的珊瑚礁。这里风光优美，是体验各种水上运动的好地方，随处可见很多潜水爱好者和水上降落伞爱好者，还有更多来这里享受日光浴的人们。岛上除了渔村，其他许多地方均为丛林所覆盖，多少年来未曾改变。珊瑚岛有两个长长的白沙滩，一个是Banana Beach，一个是Long Beach，这里非常适合游泳和散步；
+                体验傣服拍摄（在镜头里邂逅最浓郁的民族风情）--实弹射击体验（多种枪型选择，解锁酷炫新体验）--普吉老街（逛吃逛吃，文艺气息）
+                <w:br/>
+                早餐后，前往【体验傣服拍摄】在普吉岛明媚的阳光下，换上精致的傣族筒裙，在椰林与寺庙间定格独特的民族之美。这不仅是一次异国旅拍，更是中泰文化交融的优雅邂逅——让你在微笑国度里，演绎来自普吉的温柔。
                 <w:br/>
                 <w:br/>
                 【实弹射击体验】体验射击运动，设有射击场地和专业教练，提供射击技巧培训和指导。在俱乐部内参加定期举办射击比赛，与其他会员一同切磋技艺。通过参加射击俱乐部的活动，不仅可以提升射击技能，还可以结识志同道合的 射击爱好者，享受射击带来的乐趣和挑战。
                 <w:br/>
+                <w:br/>
+                【普吉老街】具有中葡风格的古老殖民主义建筑而闻名，创造性地装饰着鲜艳的色彩，它已摇身一变成为纪念品商店、优雅的咖啡店、可爱的冰淇淋店和小而美的民宿所在地，打卡马卡龙建筑，深入感受普吉当地人的惬意生活，了解多元文化。走一趟老城区，逛一逛周末市集，坐一下普吉餐厅，质朴的当地生活呈现的是与海边光鲜印象迥异的人文风情。
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：海岛简餐     晚餐：泰式海鲜BBQ   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：中式料理     晚餐：泰式海鲜BBQ   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">国际五星品牌酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -901,51 +901,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                全天自由活动
+                享受自由的普吉时光  或体验SPA水疗，或沉醉安达曼海风，亦或只是静待一场卡伦日落
                 <w:br/>
                 在这惬意的一天里，珍惜每一秒时光，您可以选择躺酒店，睡到自然醒，吃个早午餐，悠闲地探游酒店周边设施；或者去逛街购物，前往芭东的商业区，逛吃逛吃，品尝当地美食！吃逛行程推荐【睡到自然醒】。（也可以让我们可爱的导游为您出谋划策，您需要的时候我们随时都在呢~）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -977,51 +977,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                四面佛--神仙半岛--送机--普吉-广州CZ6064/17:25-22:05
+                虔诚参拜四面佛，祈福祝愿--神仙半岛（欣赏壮丽的岩壁海景）--送机--广州CZ6064/17:25-22:05
                 <w:br/>
                 早餐后乘车前往香火最鼎盛的【四面佛】，驻足跟前，历经沧桑的历史感扑面而来，真正体验一次泰国本土老百姓的晨光生活，做一次虔诚、善心的黄袍佛国布施者，体验2000多年的佛教文化习俗，让黄袍佛国的僧人陪您一起参加专场祈福法会，接受龙婆大师的祈福、聆听高僧诵经。
                 <w:br/>
                 <w:br/>
                 【神仙半岛】(Prom Thep Cape)，突出于普吉岛最南端，在泰语中的意思为「上帝的岬角」，由于在观景台上供奉了一尊四面佛故名之，当地人也称它为「神仙半岛」。神仙半岛的历史可源自于昔日航海家从马来西亚半岛行驶时，无意间发现此地，便开启了神仙半岛的历史，成为航海家和船员广为人知的地点。壮观的岩壁景观，是神仙半岛主要的风景特色，岩壁下的圆石、棕榈树交错是东南亚特有的沿海风情，海流漩涡和海浪的壮丽气势，是普吉岛著名的旅游景点。
                 <w:br/>
                 <w:br/>
                 指定时间前往普吉国际机场，乘机返回广州白云国际机场。自行散团，返回温暖的家。愿您留下美好回忆，并期待下一次相逢！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1157,263 +1157,70 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、综合服务费300元/人（随团费一并收取）
                 <w:br/>
-                2、儿童价：2岁（含）-12岁（不含）不占床减-300元/人（小孩不安排床位）,占床补大小同价； 12岁（含）—18岁（含）必须占床。【2岁（不含）以下婴儿价格：500元/人】
-[...3 lines deleted...]
-                4、全程单房差￥1500/人。
+                2、儿童价：2岁（含）-11岁（含）不占床减-300元/人（小孩不安排床位）,占床补大小同价； 12岁（含）—18岁（含）必须占床。【2岁（不含）以下婴儿价格：500元/人】
+                <w:br/>
+                3、外籍护照和港澳台地区护照 ： 加收￥500/人附加费。
+                <w:br/>
+                4、平日全程单房差：1500元/人；旺季全程单房差：1700元/人。
                 <w:br/>
                 5、70岁以上老人附加费300元/人。
                 <w:br/>
                 6、不建议70岁以上老人参团。
                 <w:br/>
                 7、往返国际机场交通费用或客人往返出境口岸的一切费用。
                 <w:br/>
                 8、行程表以外行程费用。
                 <w:br/>
                 9、一切个人消费（如：电话、传真、电视付费频道、洗衣、饮料等）。
                 <w:br/>
                 10、旅游者因违约、自身过错或自身疾病引起的人身和财产损失。
                 <w:br/>
                 11、非我社所能控制因素下引起的额外费用，如：自然灾害、罢工、境外当地政策或民俗禁忌、景点维修等。
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="4200" w:type="dxa"/>
@@ -2308,51 +2115,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2496,79 +2303,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>