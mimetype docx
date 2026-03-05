--- v0 (2025-12-16)
+++ v1 (2026-03-05)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【春节】纯玩芽庄+大叻 | 广州南航往返 | 两城联游 | 四星+五星酒店 | 0购物0自费 |行程单</w:t>
+        <w:t xml:space="preserve">【越南】芽庄+大叻 | 广州南航往返 | 两城联游 | 四星+五星酒店 | 0购物0自费 |行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">法式之旅（芽庄+大叻6天5晚）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1733706707o</w:t>
+              <w:t xml:space="preserve">ZQNY-SA1733706707o</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -619,127 +619,127 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：芽庄簸箕餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">芽庄网评海边五星泳池酒店（参考酒店：芒清奢华庆和酒店(Muong Thanh Luxury Khanh Hoa)或同级）</w:t>
+              <w:t xml:space="preserve">芽庄网评海边五星泳池酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                芽庄-大叻
+                芽庄
                 <w:br/>
                 酒店享用自助早餐后，游览【仙境湾】（游览时间约60分钟）“不求天上人间，只求仙境一天”仙境湾又叫金兰湾，也有人叫它“天堂湾”。它位于芽庄市区以北约60公里外的小海湾，这里享有芽庄最美海滩称号，来到这里的第一感觉就是蓝，天空是湛蓝的，海水似孔雀蓝一般，很耀眼、很纯净，一望无际的白色沙滩，还有成排的椰林，此起彼伏的海浪，风景美如画。途中安排品尝“水果大餐”，品尝各式各样的东南亚热带水果。接着回到市区前往游览【芽庄大教堂】（游览时间约30分钟）矗立在一个小山坡上，沿着开满小花的阶梯上去。接着游览【五指岩】（游览时间约60分钟）又称钟屿石岬角，这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特有【滴漏咖啡】享受风情。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助餐     午餐：海鲜火锅餐     晚餐：瓦片烤肉餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">芽庄网评海边五星泳池酒店（参考酒店：芒清奢华庆和酒店(Muong Thanh Luxury Khanh Hoa)或同级）</w:t>
+              <w:t xml:space="preserve">芽庄网评海边五星泳池酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -754,68 +754,68 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄-大叻
                 <w:br/>
                 酒店享用自助早餐后，乘车前往【大叻】（车程约4小时）以空气清新著名，大叻以湖泊、瀑布、松林众多闻名。这里风光明媚，四季如春，百花盛开时，如诗如画。法国人当时就把大叻当作周末度假的胜地。接着游览【保大夏宫】（游览时间约60分钟）这个行宫建于1933年，整个夏宫是一个有围墙的大院，一座浅色的平顶砖石结构的二层楼，线条清晰简洁。室内设备，包括家具和床上用品等等，都保持完好。每个房间抖写明使用人及用途，二楼边上还有专门提供给游客扮相的服装。一楼进门右手边专门陈列保大皇帝的生平和殖民时代越南动荡时期的图片资料。接着游览【旧火车站】（游览时间约30分钟）位于越南中部的高原城市大叻，是一座充满历史魅力的建筑。其设计融合了法国殖民风格和当地文化元素，尤其以其独特的三角形屋顶和色彩鲜明的外观而闻名。虽然火车站已不再用于长途运输，但仍保留了一段短途观光线路，游客可以乘坐复古列车前往附近的茶园和乡村，体验别样的风景。接着游览【玛丽修道院】（游览时间约40分钟）它是一座修道院和花园的结合体，它的建筑风格融合了法国和越南传统的设计元素，展现了独特的魅力。修道院内部装饰精美，有许多古老的雕塑和壁画。修道院内绿树成荫，有许多精心设计的花坛和喷泉。最后游览【春香湖】（游览时间约30分钟）是大叻一个美丽的月牙形人工湖，形状酷似越南版图，为了纪念越南知名女诗人胡春香而命名，湖畔绿柳环绕，天鹅在清澈的湖水上觅食，游船和划艇在湖面上悠闲地划行，一派悠然、宁静的景象。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式/越式围餐     晚餐：大叻特色火锅餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">大叻网评四星酒店（参考酒店：金典精品酒店(Goldient Boutique Hotel)或同级 ）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式/越式围餐     晚餐：中式/越式围餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">大叻网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -847,51 +847,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式/越式围餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">大叻网评四星酒店（参考酒店：金典精品酒店(Goldient Boutique Hotel)或同级）</w:t>
+              <w:t xml:space="preserve">大叻网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -923,51 +923,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助餐     午餐：中式/越式围餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">芽庄网评海边五星泳池酒店（参考酒店：芒清奢华庆和酒店(Muong Thanh Luxury Khanh Hoa)或同级）</w:t>
+              <w:t xml:space="preserve">芽庄网评海边五星泳池酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1077,51 +1077,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 大交通：广州-芽庄，南方航空团队经济舱往返机票及税金（不含航司临时通知的涨幅）；
                 <w:br/>
                 交通标准：使用车辆合法旅游运营资质空调车辆，每人确保一正座，车型根据人数而定；
                 <w:br/>
                 酒店标准：入住网评四星和五星酒店；为标准双人间含每人每天一床位（小孩价不占床位）；
                 <w:br/>
-                餐饮标准：全程5早餐/8正餐（普通餐标50~60元，大叻1特色餐标80元，10人每桌8菜一汤，根据实际人数适当调整菜品）；
+                餐饮标准：全程5早餐/8正餐（普通餐标30-40元，10人每桌8菜一汤，根据实际人数适当调整菜品）；
                 <w:br/>
                 门票标准：已含行程中景点首道大门票，行程以外不含；
                 <w:br/>
                 导游标准：全程当地中文导游陪同；
                 <w:br/>
                 领队标准：广州起止，全程领队服务(10人起派)；
                 <w:br/>
                 安全标准：旅行社旅游责任险；
                 <w:br/>
                 特别提醒：如遇旺季，景点顺序导游根据实际情况安排，敬请谅解；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1143,51 +1143,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 越南签证费、服务费、出入境杂费600元/人（报名时跟团费一起收齐）；
                 <w:br/>
                 个人因私护照请自行备妥（交我社签证时需保证半年以上有效期）；
                 <w:br/>
                 自费项目及个人消费（如电话费、酒店干洗费、行李超重费、小费等）；
                 <w:br/>
                 行程中未提及的其他费用（自由活动期间餐费、车费以及导服费）；
                 <w:br/>
-                单间差（如一人使用一间房间则需支付RMB1200元/人）；
+                单间差（如一人使用一间房间则需支付RMB1000元/人）；
                 <w:br/>
                 凡景区、餐厅、服务站等场所内设有购物店，不属于我社安排的购物店谨慎购买，如购买记得索要发票以免上当受骗；
                 <w:br/>
                 个人旅游意外保险请单独购买；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
@@ -1246,50 +1246,103 @@
                 2、年龄限制：此线路因服务能力有限，无法接待婴儿（14天-2周岁（不含））出行；出于安全考虑，18岁以下未成年人需要至少一名成年旅客陪同；
                 <w:br/>
                 3、人群限制：出于安全考虑，本产品不接受孕妇预订，敬请谅解；
                 <w:br/>
                 4、单房差：本产品可拼房。报价是按照2成人入住1间房计算的价格，如您的订单产生单房，将安排您与其他同性客人拼房入住。如您要求享受单房，请在页面中选择所需房间数或单人房差选项；
                 <w:br/>
                 5、出团通知：最晚在出行前1天您将收到《出团通知书》或服务人员的确认电话，请保持电话畅通并留意来电。如未收到请及时联系工作人员；
                 <w:br/>
                 6、旅游团队用餐，旅行社按承诺标准确保餐饮卫生及餐食数量，但不同地区餐食口味有差异，不一定满足您的口味需求，敬请谅解；
                 <w:br/>
                 7、本产品行程实际出行中，在不减少景点/场馆且征得您同意的前提下，导游、司机可能会根据天气、交通等情况，对您的行程进行适当调整（如调整景点/场馆的游览/参观顺序、变更集合时间等），以确保行程顺利进行；
                 <w:br/>
                 8、因当地经济条件有限，交通、酒店服务及设施、餐饮等方面与发达城市相比会有一定的差距，敬请谅解；
                 <w:br/>
                 9、禁忌提示：请尊重当地的饮食习惯、习俗禁忌、宗教礼仪等，入乡随俗，融入当地的民风民情；
                 <w:br/>
                 10、在您预订及出游过程中，我们请您特别关注中国外交部领事司发布的安全提醒和中华人民共和国文化和旅游部的出行提示；
                 <w:br/>
                 11、为了您人身、财产的安全，请您避免在公开场合暴露贵重物品及大量现金。上街时需时刻看管好首饰、相机等随身物品；
                 <w:br/>
                 12、游泳、漂流、潜水、滑雪、溜冰、戏雪、冲浪、探险、热气球、高山索道等活动项目，均存在危险。参与前请根据自身条件，并充分参考当地相关部门及其它专业机构的相关公告和建议后量力而行；
                 <w:br/>
                 13、旅游期间财物请随身保管，车上不可放贵重物品，自由活动期间注意安全，证件请交酒店保险箱寄存；
                 <w:br/>
                 请务必在规定时间前抵达集合地点，如有迟到者后果自负；
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">签证信息</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、出发前5个工作日以上收取资料办理签证，如未按规定时间交齐资料，增加费用150元/人；
+                <w:br/>
+                2、持中国因私护照：护照有效期＞回程时间6个月或以上，护照签证空白页最少有2页以上；
+                <w:br/>
+                3、提供两张半年内大一寸白底或蓝底近照(免眼镜) ；
+                <w:br/>
+                港澳台客人自备有效回乡证/台胞证，外籍客人或持外籍护照客人必须确认有返回中国之有效签证（注），同时所有的出入境事务自行负责，如发生任何出入境问题，我司不承担相关责任。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1375,51 +1428,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>