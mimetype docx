--- v0 (2025-11-03)
+++ v1 (2026-03-02)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【风吹稻穗 秋日银杏】连州2天丨连州菜心丨“广东岭南屋脊”连州欧家梯田丰收季行程单</w:t>
+        <w:t xml:space="preserve">【鱼灯节】河源2天丨连州菜心丨河源非遗表演“追火龙“丨畅享浸泡客天下氡温泉行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20241207SP78066590</w:t>
+              <w:t xml:space="preserve">TX-20260206SP10318151</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">连州市</w:t>
+              <w:t xml:space="preserve">河源市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,126 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上下车信息
-[...10 lines deleted...]
-                <w:br/>
+                08:00梅东路（杨箕地铁D出口）
+                <w:br/>
+                08:40基盛万科肯德基（番禺广场地铁E出口）
+                <w:br/>
+                【下车点】原上车点
                 <w:br/>
                 具体出发时间、地点以导游通知安排为准
-                <w:br/>
-[...3 lines deleted...]
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
-[...9 lines deleted...]
-                全国农产品地理标志-连州菜心基地 赠送3斤菜心带走
+                ★【客天下国际旅游度假区】以“旅居新生活，幸福天下客”为理念，依托河源山、水、湖、泉为一体的美丽小镇，是宜游、宜乐、宜居的全时全家全系度假王国。
+                <w:br/>
+                ★【水晶温泉】根据“金木水火土”五行学说规划布局62个特色汤池。
+                <w:br/>
+                ★【客家小镇】新晋网红打卡圣地，一步一景美到哭。
+                <w:br/>
+                ★【南园古村】富甲一方的官宦家族完整体系，在古建筑群中回忆客家人2200年历史画卷。
+                <w:br/>
+                ★【巴伐利亚庄园】是一座融合东西方文化的庄园，它既有中国的客家围屋和寺庙，又有德国的古堡和风车。
+                <w:br/>
+                ★【花仟谷欢乐田园】以赏花休闲为特色，四季花开为亮点，是河源本地出游赏花的大型新项目。
+                <w:br/>
+                ★【舌尖美食】壕叹【特色猪脚粉】【簸箕宴】【杀猪宴】...各式特色家乡美食、色香味俱全
+                <w:br/>
+                特别赠送：【太公分猪肉】报名赠送每位贵宾（占床成人）2斤新鲜土猪肉
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -579,162 +571,194 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：集中地---万山朝王国家石漠公园—欧家梯田—晚餐 自理午餐                        含晚餐                 住欧家梯田特色民宿
-[...7 lines deleted...]
-                每人一份暖心宵夜：绿豆糖水/番薯糖水/八宝粥等等（具体以民宿当天安排为准）
+                集合-河源-午餐-南园古村-客天下国际酒店
+                <w:br/>
+                早上集中，乘空调旅游汽车出发前往客家古邑、万绿河源（车程约2.5小时）
+                <w:br/>
+                享用特色午餐-猪脚米粉。河源猪脚米粉是广东省河源市的特色美食，以其浓郁的客家风味和独特的口感深受当地人及游客喜爱。河源猪脚粉的食材主要是新鲜的猪脚、河源本土生产的米粉、必配的“灵魂伴侣”辣椒圈，以及胡椒、油盐和葱花。
+                <w:br/>
+                随后前往【南园古村】（车程约30分钟，游览约1小时）岭南官宦府邸风水第一村，这里深院老宅，幽深古井，私人炮楼……村内山环水绕，人杰地灵。自宋至清，先后走出12位七品以上的仕官，名流富贾达百人，构成欣欣向荣，富甲一方的官宦家族完整体系，在古建筑群中回忆客家人2200历史画卷。
+                <w:br/>
+                游览完毕前往【客天下国际旅游度假区，办理入住】坐落于美丽的天然水晶山脚下，项目占地超5000亩，作为“珠三角的后花园”、“城市的次中心”，以“旅居新生活，幸福天下客”为理念，依托河源山、水、湖、泉和负氧离子含量的清新空气以及自然氡温泉和簇拥花海等项目，打造集度假、养生、投资为一体的美丽小镇，是一个宜游、宜乐、宜养、宜居、宜业、宜教的全时全家全系度假王国。
+                <w:br/>
+                推荐参观客天下项目：
+                <w:br/>
+                1、【客天下•客家小镇】
+                <w:br/>
+                作为客家文化的典型集聚地，有其独特的魅力。客家文化小镇、客家祠、客家民俗大舞台、客家特产展示区、客家美食大观园等旅游综合体的打造，为河源打造除万绿湖之外的在建城市新名片。新晋网红打卡圣地一步一景美到哭。行走于各街道间，步移景异，宛如一场时空穿梭之旅，小而美的趣味小街美食及各类商品满目琳琅，一抹风情，千古传奇。
+                <w:br/>
+                2、【客天下•水晶温泉】开放时间：10:00--23:00
+                <w:br/>
+                《日本浴区》：利用自然的山石、小溪、跌水等展现出东瀛特有的园林景观，用枯山水的手法，以“枯”“寂”为美。在男女天体浴区则营造出“天人合一”的自然环境。
+                <w:br/>
+                《中国浴区》：盛揽了中国特有的造山理水手法，体现皇家华贵气质，用天然汉白玉材料建造的华清宫、九龙汤代表的大唐芙蓉盛世，各种中药、针灸理疗等温泉池。
+                <w:br/>
+                《欧洲浴区》：别具特色的温泉浴场给您带来舒适松弛的享受，让您尽情享受沐浴带来的身心愉悦，真正体验欧洲温泉沐浴风格的奇妙感受！分罗马馆、德国馆、芬兰馆、约旦馆。
+                <w:br/>
+                18:00-19:00晚餐：餐厅享用晚餐（特色簸箕宴）
+                <w:br/>
+                【举行“非遗追龙篝火晚会、鱼灯节”，具体以景区安排为准！不看不退】舞龙俗称玩龙灯，是一种起源于中国的汉族传统民俗文化活动。舞龙源自古人对龙的崇拜，每逢喜庆节日，人们都会舞龙，舞龙时，龙跟着绣球做各种动作，穿插，不断地展示扭、挥、仰、跪、跳、摇等多种姿势。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">客天下国际酒店（无限次温泉浸泡）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第2天：早餐—菜心基地—腊味博物馆—午餐自理—返程 早餐：含         午餐：不含
-[...9 lines deleted...]
-                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                酒店早餐-巴伐利亚（福源寺、金菩提圣树祈福、时光老街、花仟谷赏花）-午餐-每人赠送2斤新鲜猪肉--返程
+                <w:br/>
+                早上到餐厅享用早餐
+                <w:br/>
+                随后游览世界旅游新地标【巴伐利亚庄园】位于广东省河源市源城区，万绿湖水脉与大桂山龙脉交汇之处，占山地面积5平方公里。
+                <w:br/>
+                游玩巴伐利亚庄园项目：
+                <w:br/>
+                全球首座以客家土楼建筑为特色的福源寺
+                <w:br/>
+                全球首座户外仿金铜铸金菩提圣树，树高13.7米，4800 片金叶子，运用18吨仿金铜铸造而成，取意释迦牟尼菩提树下悟道成佛典故。
+                <w:br/>
+                时光老街
+                <w:br/>
+                老街巧妙融合了70、80、90年代的怀旧元素与河源高埔岗农场知青文化，打造出独特的复古氛围，让游客仿佛穿越回过去。街道两旁有老式建筑和招牌，还有人民供销社、时光小卖部、二八大杠自行车等经典场景，以及老冰棍摊、糖水铺、电子游戏室、老式录像厅等，充满了怀旧气息。
+                <w:br/>
+                花仟谷
+                <w:br/>
+                位于庄园樱花农场，以赏花休闲为特色，四季花开为亮点，四季轮番培植冬樱.郁金香、金鱼草、万寿菊、向日癸、格桑花和油菜花等各类花种。每至花期，峰蝶萦绕，百花争艳，是河源本地出游赏花的大型新项目。春绿大地，花开遍野，一幅巨大的花鸟山水画已在巴伐利亚庄园·花仟谷徐徐展开似天公的妙笔神功，是大自然的最美礼物。百花齐放梦幻庄园花仟谷位于庄园樱花农场，以赏花休闲为特色，四季花开为亮点，四季轮番培植冬樱.郁金香、金鱼草、万寿菊、向日癸、格桑花和油菜花等各类花种。每至花期，峰蝶萦绕，百花争艳，是河源本地出游赏花的大型新项目。春绿大地，花开遍野，一幅巨大的花鸟山水画已在巴伐利亚庄园·花仟谷徐徐展开似天公的妙笔神功，是大自然的最美礼物。(特别赠送网红小火车（每人乘坐一次），花期以实际为准，若受到天气影响亦可能未能正常观赏，不做任何补偿)
+                <w:br/>
+                12:30-13:30 享用午餐【杀猪宴】，品杀猪宴，特别赠送每人2斤新鲜猪肉！一站式体验，吃肉、领肉两不误！
+                <w:br/>
+                14:00结束愉快行程,乘车返回温馨家园。
+                <w:br/>
+                --------------- 祝您旅途愉快 ---------------
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：含早餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -781,57 +805,59 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
-                2、用餐：含1早餐1正餐1宵夜（正餐10-12人一围，为包含套餐，不用均无费用退）；
-[...5 lines deleted...]
-                5、服务：含全程优秀导游服务；
+                2、用餐：含3正餐+1早餐（团队定制美食，10-12人一围，不用不退。行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）
+                <w:br/>
+                3、住宿：客天下国际酒店-标准客房
+                <w:br/>
+                4、景点：景区首道大门票，不含园中园门票； 
+                <w:br/>
+                5、导游：提供专业导游服务；
+                <w:br/>
+                6、纯玩无购物；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -911,51 +937,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1131,51 +1157,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>