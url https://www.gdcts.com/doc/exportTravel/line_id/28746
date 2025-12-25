--- v0 (2025-10-27)
+++ v1 (2025-12-25)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1733301977J</w:t>
+              <w:t xml:space="preserve">ZC-1733301977J</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -1668,51 +1668,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>