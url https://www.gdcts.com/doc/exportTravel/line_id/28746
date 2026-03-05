--- v1 (2025-12-25)
+++ v2 (2026-03-05)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">悠悦贝尼达6天4晚广州往返丨翎亚航空丨乌布皇宫丨鸟巢俱乐部丨网红吊桥行程单</w:t>
+        <w:t xml:space="preserve">悦享贝尼达6天4晚广州往返丨翎亚航空丨乌布皇宫丨鸟巢俱乐部丨网红吊桥行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -396,57 +396,57 @@
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【回归旅游】：纯玩0购物，度假新体验
                 <w:br/>
                 【优质航空】：臻选翎亚航空广州直飞巴厘岛
                 <w:br/>
-                【打卡网红】：网红乌布皇宫 - 市集 + ALAS网红鸟巢 - 网红吊桥 - 地标海神庙 - 精油SPA
+                【打卡网红】：网红乌布皇宫 - 市集 + ALAS网红鸟巢 - 网红吊桥 - 地标海神庙
                 <w:br/>
                 【休闲惬意】：远观巴图尔火山+观景台自助餐
                 <w:br/>
                 【人气出海】：贝尼达岛（精灵坠崖-天仙裂痕-天神浴池+无限次浮潜+独木舟体验）
                 <w:br/>
-                【舒适酒店】：4晚4钻酒店
+                【舒适酒店】：4晚4钻泳池酒店
                 <w:br/>
                 【舌尖美食】：180度海景尊贵印尼沙嗲餐、金巴兰日落美景海鲜BBQ餐、火山观景台自助餐，美食享不停。。。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -565,61 +565,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州 - 巴厘岛 - 美女献花 - 精油按摩60分钟 - 海神庙
-[...2 lines deleted...]
-                <w:br/>
+                广州 - 巴厘岛 - 美女献花 - 地标海神庙
                 <w:br/>
                 是日于指定时间自行前往白云国际机场集中办理出境手续，后搭乘国际航班飞往印尼巴厘岛，巴厘岛是世界上最漂亮而有特色的观光胜地之一，凭借着其得天独厚的自然景观、古老的文明与独特的地方民俗艺术、绝美的海滩、精致的手工艺术、曼妙的音乐舞蹈，这里几乎是一个人间的香格里拉。
                 <w:br/>
-                今日，我们即将启程，搭乘国际航班前往这里美丽又具有独特魅力的海岛，开启您的度假之旅，抵达后导游接团，美女献花后前往【享誉全球的巴厘岛SPA】（约60分钟）在印尼原为 LULU，古时候为帝王所享之物，所以范围及内容也随着时间有所发展及进化。如今的SPA，就演变成利用一种萃取天然元素为材料，如草药、香花精油、海藻等，结合按摩的技巧，来去除皮肤角质及毒素，帮助血液循环及消除疲劳。
-[...2 lines deleted...]
-                <w:br/>
+                今日，我们即将启程，搭乘国际航班前往这里美丽又具有独特魅力的海岛，开启您的度假之旅，抵达后导游接团，前往【海神庙】巴厘岛西南岸闻名中外的【海神庙】，此庙建于海中岩石上，浮现于印度洋之汹涌波涛中的庙， 象征着巴厘岛宗教屹立不摇的指标 ，每当涨潮时淹盖整个寺庙四周 ，彷佛一座孤岛漂浮在海中央而若隐若  现 ，加上神庙中有甘纯之淡水自海中涌出 ，当地人称之为神水 ，传说可治百病更是凭增它的神秘与美丽。  这里同时也是当地印度教尊为圣地 ，其涨潮时海水淹没整个岩石却淹不到这座庙 ，有如浮在海中的一座神庙。
                 <w:br/>
                 <w:br/>
                 温馨提示： 
                 <w:br/>
                 印尼巴厘岛与中国北京时间没有时差。
                 <w:br/>
                 交通：参考航班：8B968 广州-巴厘岛 0205/0740
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -1668,51 +1662,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-05</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>