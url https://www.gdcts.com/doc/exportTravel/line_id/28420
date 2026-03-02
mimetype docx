--- v0 (2025-12-08)
+++ v1 (2026-03-02)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20241120SP68151519</w:t>
+              <w:t xml:space="preserve">TX-20260206SP10314826</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,59 +343,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...3 lines deleted...]
-                08:45 基盛万科肯德基门口（番禺广场地铁站E出口）
+                上车点： 
+                <w:br/>
+                07:30 纪念堂地铁C出口
+                <w:br/>
+                08:10 基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 回程下车点：原上车点下车
-                <w:br/>
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -577,55 +575,56 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-中英街-午餐-大梅沙海滨公园-广州
                 <w:br/>
                 早上于指定地点集中出发，乘坐旅游巴士前往深圳中英街（车程约2.5小时），到达后享用午餐-农家滋味宴（10-12人/桌）
                 <w:br/>
                 盐田区沙头角镇的中英街（游览约1.5小时）中英街一个月只能进入一次，我社会有工作人员在车上对中英街历史，进入中英街注意事项等进行介绍，并有个别特色产品推荐销售，喜欢可购，不喜可退，自由选择，不作为购物点推广（注意：进中英街需提供中国大陆二代身份证原件，不满十六周岁的未成年人，如未持有效《居民身份证》，必须在监护人陪同下凭《户口簿》（未满五周岁幼童凭出生证）申办《边境特别管理区通行证》。）由梧桐山流向大鹏湾的小河河床淤积成，原名“鹭鹚径”。长不足0.5公里，宽不够7米，街心以“界碑石”为界，街边商店林立，有来自五大洲的产品，品种十分齐全。这里以其“一街两制”的独特政治历史闻名于世，其周围还有着其它丰富的旅游文化资源。盐田区的沙头角有一条小街，因为街的一边属于深圳，另一边则属于香港，因此“一街两制”中英街也就被人们称为“特区中的特区”。
                 <w:br/>
                 随后前往【大梅沙海滨公园】（车程约30分钟，游览约1.5小时）深圳大梅沙海滨公园，位于位于神奇秀丽的南海之滨，风光旖旎的大鹏湾畔，深圳特区的东部，公园的总面积36万平方米，其中沙滩全长1800米，沙滩总面积18万平方米。拥有独特的山海景观资源。公园三面环山，一面临海，中间则是平缓开阔的沙滩。金色的沙滩、蔚蓝的海水、轻淡的白云、碧绿的山峦、阵阵的椰风、飘香的花草，配以轻松的音乐、点点的白帆，多姿的风筝，构成了立体动感的亚热带海滨风光，为您带来自然纯净的空间，给您送上生命的热情、生活的惬意。大梅沙海滨公园已成为一个集观光度假、休闲旅游、运动娱乐于一体的旅游胜地。
                 <w:br/>
                 随后乘车穿越深中通道，伶仃洋上，再现“通途”。
                 <w:br/>
                 【深中通道】横跨伶仃洋、连接珠江口东西两岸的“深中通道”即将正式通车。它也是继港珠澳大桥之后，大湾区又一世界级的跨海超级工程。说是超级工程，不仅因其项目规模大、建设难度高，还在于通车后，它极大地缩短了大湾区城市群的时间距离，对珠江口东西两岸的区域经济格局，特别是产业格局产生巨大影响。让珠江口东西两岸“牵手”，这一“超级接口”将引爆一股势能强大的“超级流量”。小到一枚螺丝钉，大到一架无人飞行器，对于大湾区所有产业而言，“命运的齿轮”都将加速转动。
                 <w:br/>
-                返回广州，结束愉快行程。
-[...3 lines deleted...]
-                温馨提醒：1、由于节假日或周末路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
+                返回广州，结束愉快行程。【时间提供参考，实际按当天通知为准】
+                <w:br/>
+                <w:br/>
+                温馨提醒：
+                <w:br/>
+                1、由于节假日或周末路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：农家滋味宴（10-12人/桌）     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -697,103 +696,103 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
                 2.用餐：含1正（为包含套餐，不用均无费用退）
                 <w:br/>
                 3.住宿：无（具体房型按酒店安排为准，酒店不设三人房，无加床，单成人需补房差）
                 <w:br/>
                 4.景点：行程景区首道门票（园内园景点门票自理；所有景点均为套餐包含景点，如放弃不参加则无任何景点门票费用可退）
                 <w:br/>
-                5.导游：提供专业导游服务，安排持有导游证且有穗康健康码的导游
-[...1 lines deleted...]
-                6.购物：无
+                5.导游：提供专业导游服务
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
                 <w:br/>
-                2、强烈建议游客自行购买旅游意外保险。3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
+                2、强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -821,120 +820,142 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足40 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">报名材料</w:t>
+              <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">备注说明：本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。</w:t>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -974,51 +995,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-08</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>