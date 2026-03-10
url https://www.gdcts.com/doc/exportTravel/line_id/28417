--- v0 (2025-11-26)
+++ v1 (2026-03-10)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【韶关新丰温德姆花园酒店】韶关2天丨从化桂峰村赏柿行程单</w:t>
+        <w:t xml:space="preserve">【韶关新丰温德姆花园酒店】除夕专场丨韶关2天丨新丰樱花峪 食足4餐.叹年夜饭（龙马呈祥宴）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251125SP38984120</w:t>
+              <w:t xml:space="preserve">TX-20260206SP40220473</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                下车信息
+                <w:br/>
                 出发点：08:00番禺广场地铁站E出口
                 <w:br/>
-                09:00海珠广场地铁F出口华厦酒店
+                09:00纪念堂地铁站C出口
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
                 市区指定范围内15人或以上定点接送
                 <w:br/>
                 （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -402,70 +404,63 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色
-[...1 lines deleted...]
-                1、【食足3餐】1正餐+1早餐+1宵夜！叹酒店豪华海鲜自助晚餐；
+                1、【食足4餐】1正餐（农家特色宴）+1年夜饭（龙马呈祥宴）1早餐+1宵夜！
                 <w:br/>
                 2、【住1晚】全新奢华《新丰·新盟温德姆花园酒店》房间赠饮欢迎小吃免费饮料；
                 <w:br/>
                 3、【私家汤泉】阳台私人泡池（赠送2池温泉水）+房间慕斯床垫+松下智能马桶；
                 <w:br/>
                 4、【空中温泉】公共温泉区无限次浸泡空中温泉+恒温无边泳池+儿童乐园；
                 <w:br/>
-                5、【赏秋】从化吕田桂峰村“柿”外桃源，大红灯笼点亮你的秋天
-[...8 lines deleted...]
-                2、10人以上报名并支付赠送自动麻将4小时（每车限2副，先报先得！）
+                5、【赏】浪漫之旅：华南规模最大、种类最多樱花园-新丰樱花峪
+                <w:br/>
+                6、酒店除夕专场烟花汇演，大屏幕观演出，幸运大抽奖，年夜饭
+                <w:br/>
+                10人以上报名并支付赠送自动麻将4小时（每车限2副，先报先得！）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -582,137 +577,143 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：出发-桂峰村——韶关新丰温德姆酒店—自助晚餐—宵夜 自理：午餐      含： 晚餐      住：韶关新丰温德姆酒店
-[...5 lines deleted...]
-                约18：00享用自助晚餐。自由浸泡温泉，酒店赠送暖心宵夜。
+                出发-新丰樱花峪—午餐—韶关新丰温德姆酒店—晚餐—宵
+                <w:br/>
+                早上于指定时间/地点集中出发，前往【新丰樱花峪】位于广东省韶关市新丰县黄礤镇，总面积800多亩，随着树龄一年一年的增长，时下樱花峪已成为华南地区最古老、规模最大、品种最多的樱花观赏地。人们赏樱不光欣赏她的妩媚娇艳，更赞赏她灿烂后即调谢的“壮烈”，轻盈洒脱的高尚性格。樱花峪恭候着惜花人年年相见，愈见愈欢，百观不厌。两边的山坡上，一树树怒放的樱花，似一团绯云。大家带着满心的喜悦争相与樱花合影，借此贴近大自然，吸取初春的气息。(参考：最佳观赏期为 1月底-3 月，因天气原因而变，具体视景区 观赏为准，敬请留意；旅行社不赔偿）（游览约 1.5 小时） 
+                <w:br/>
+                约12:00享用午餐（农家特色宴），随后前往入住【韶关新丰·新盟温德姆花园酒店】新盟温德姆花园酒店是一家按国际五星级标准建造，集客房住宿、温泉养生、休闲度假、餐饮美食、会议会务、康体娱乐、亲子娱乐拓展于一体的度假型酒店。酒店坐落于风景秀丽的韶关市新丰县一屋一汤、私享温泉体验，建筑面积7万平方米，地理位置优越，交通便利。酒店拥有空中温泉泡池及无边际恒温泳池，酒店客房共有514间，面积从46至100平方米不等，每间房都带私家泡池，配备智能语音控制系统。简约轻奢的设计理念，打造出舒适且富有现代感的空间。
+                <w:br/>
+                约18：00享用晚餐年夜饭（龙马呈祥宴）。自由浸泡温泉，酒店赠送暖心宵夜。
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：韶关新丰温德姆酒店   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">韶关新丰温德姆酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第2天：早餐—自由活动 -午餐自理—返程 含：早餐
+                早餐—自由活动 -午餐自理—返程
                 <w:br/>
                 酒店内享受自助早餐。后客人可继续自由浸泡温泉或游玩免费娱乐设施，午餐自理，约14： 00-16:00 分集中乘车返回广州(具体时间以工作人员通知为准)，结束愉快旅程！
                 <w:br/>
                 旅行社会根据情况与韶关丰源/新丰温德姆/新丰云天海/从化酒店等酒店拼车出发，请知悉。 
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                此赏花线路，旅行社根据往年景区最佳花期预先开发出团班期，但赏花效果，容易受到温度、空气、水份等不可控因素影响对欣赏效果出现偏差。当此情况发生时旅行社不作任何赔偿。敬请谅解。
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -776,57 +777,81 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                1.2m及以上成人： 499元/人（占床，含车、餐、无限次温泉、景点大门票）
+                <w:br/>
+                1.2-1.5米以下：399元/人（不占床，含车、餐 、无限次温泉)
+                <w:br/>
+                1.2米以下小童：159元/人（单含车位）
+                <w:br/>
+                <w:br/>
+                三人房：没，只补不退
+                <w:br/>
+                房差400元/人
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                单订车位客人按照自身需求购买以下门票/餐券（旅行社不作代订，以园区实际价格为准）：
+                <w:br/>
+                1.5米以上：自助早餐98 元/次、晚餐100元/次，温泉次票138元；
+                <w:br/>
+                1.2-1.5米：自助早餐68元/次，晚餐68 元/次，温泉次票68 元；
+                <w:br/>
+                1.2 米以下：免费（每房仅限携带一位免费儿童，超出需付费）
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
                 交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
-                门票： 含景区大门票，不含园中园门票
+                门票： 含景区大门票，不含园中园门票（套票不用不退费用）
                 <w:br/>
                 住宿：1晚韶关新丰温德姆酒店房型不指定安排（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；
                 <w:br/>
-                用餐：D1晚餐+D1宵夜+D2早餐（酒店套餐不吃不退费用）
+                用餐：D1正餐+D1晚餐+D1宵夜+D2早餐（酒店套餐不吃不退费用）
                 <w:br/>
                 导游：此线路仅含出团当天及离团当天导游服务，敬请注意
                 <w:br/>
                 购物：0购物点
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -910,51 +935,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1130,51 +1155,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>