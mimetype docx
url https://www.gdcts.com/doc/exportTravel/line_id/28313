--- v0 (2025-12-23)
+++ v1 (2026-03-13)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-202602G1</w:t>
+              <w:t xml:space="preserve">DFY-202603G1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,118 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                以下时间仅供参考，寒假春节旺季，不接受指定航班，以实际名单通知出票为准，敬请谅解（如去程航班时间早于07:00，赠送白云机场住宿一晚）
+                以下时间仅供参考，不接受指定航班，以实际名单通知出票为准，敬请谅解
                 <w:br/>
                 【去程】广州 → 运城｜CA4594（07:40-10:20）或CZ3921（08:55-11:35）
                 <w:br/>
                 【回程】运城 → 广州｜CA4593（11:05-13:35）或CZ3922（12:25-15:00）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【冰雪覆盖·银装素裹】远赴人间惊鸿宴，一睹人间盛世颜！冬天的老君山冰凌挂满枝头，山峦间一片洁白，宛如一幅绝美的画卷，快门按下即大片，一键占据朋友圈C位！
-[...3 lines deleted...]
-                ★【威武之师】走近世界第八大奇迹【秦始皇兵马俑】探秘沉睡两千多年的最强特种兵！
+                ★【威武之师】世界第八大奇迹【秦始皇兵马俑】两千年前的“最强特种兵”列阵待发！
+                <w:br/>
+                ★【一眼千年】北魏至唐代石刻艺术最高成就【龙门石窟】每一尊佛像都诉说着千年的信仰！
+                <w:br/>
+                ★【壁画之冠】跟着悟空游古建【永乐宫壁画】中国壁画巅峰之作，堪称“东方敦煌”！
                 <w:br/>
                 ★【黄河之魂】AAAAA景区【黄河壶口瀑布】雷霆万钧，感受“黄河在咆哮”的民族气魄！
                 <w:br/>
-                ★【壁画之冠】跟着悟空游古建【永乐宫壁画】代表了中国宗教壁画艺术的最高成就！
-[...5 lines deleted...]
-                ★【一眼千年】世界文化遗产【龙门石窟】卢舍那大佛披雪含笑，新年第一愿，从这里开始！
+                ★【春日仙踪】山顶残雪未消，山腰云海翻涌【老君山】站在山顶俯瞰，群山若隐若现，美不胜收！
+                <w:br/>
+                ★【赏樱祈福】感受千年佛光【西安青龙寺】聆听佛钟，为心中挂念之人祈福纳祥！
                 <w:br/>
                 ★【博物通史】千年古都的文化宝藏【西安博物院】每一件珍藏都讲述着千年古都的辉煌过往！
+                <w:br/>
+                ★【非遗宝藏】世界级奇观，黄土地上独有的地下四合院【地坑院】6000年黄土文明活态遗存！
+                <w:br/>
+                ★【国花盛宴】春日顶流，非它莫属【洛阳牡丹】别让2026的春天，又在手机里看别人赏花！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,76 +571,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-运城-壶口
+                广州-运城-壶口-运城
                 <w:br/>
                 根据航班时间，于指定的地点集中前往广州白云机场集中，送团人将为您办理登机手续！接团后，车赴壶口（约2.5小时），游览世界上唯一的金色瀑布【黄河壶口瀑布】（游览约2小时）（不含景区换乘车40元/人），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。在黄河边上齐唱一首《黄河大合唱》，回味中华民族不屈不饶的民族精神！前往【黄河夜市】（游玩约1.5小时），开启“运城citywalk”，在此自费品尝运城美食，开启烟火人间的味觉狂欢。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【黄河壶口瀑布】【黄河夜市】
+                景点：【黄河壶口瀑布】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：不含     午餐：团餐餐标40元/人     晚餐：不含   </w:t>
+              <w:t xml:space="preserve">早餐：不含     午餐：团餐餐标30元/人     晚餐：特色餐晋南风味   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">运城：美巢雅韵、美豪怡致或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -653,82 +653,82 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 运城-栾川-洛阳
                 <w:br/>
-                早餐后，车赴栾川（约3.5小时），参观国家AAAAA景区，八百里伏牛山主峰【老君山景区】（参观约5小时，景区内无法安排团餐，当天中餐自理，敬请谅解），老君山古号景室山。海拔2217米，山势雄伟，群峰竞秀，峰林洞涧，千姿百态。“天连五岳全雄晋，地接九州巍伏牛”。山顶道观历史悠久，道教文化源远流长，与武当山并称为“南北二顶”。【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，这里既有山峰的刚，也有云雾的柔，让人惊心动魄，久久不能忘怀，是老君山的知名景观之一。【金顶道观群】走完十里画屏就到达金碧辉煌，大气磅薄的金顶，因其建成之时，金光耀目、恢宏无比，所以被称之为“金殿”。车赴洛阳（约2小时），【赠送价值120元/人夜游神都】入夜后的洛阳城，就成了盛世大唐，当夜色轻纱覆盖洛阳城，古都洛阳就换上了华丽的晚装，洛河两岸灯光璀璨如星河，漫步于此，仿佛穿越千年，与李白共醉，与武皇同游。
+                酒店早餐后，车赴栾川（约3小时），参观国家AAAAA景区，八百里伏牛山主峰【老君山】（约5小时，景区内无法安排团餐，当天中餐自理，敬请谅解），老君山古号景室山。海拔2217米，山势雄伟，群峰竞秀，峰林洞涧，千姿百态。“天连五岳全雄晋，地接九州巍伏牛”。山顶道观历史悠久，道教文化源远流长，与武当山并称为“南北二顶”。【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，这里既有山峰的刚，也有云雾的柔，让人惊心动魄，久久不能忘怀，是老君山的知名景观之一。【金顶道观群】走完十里画屏就到达金碧辉煌，大气磅薄的金顶，因其建成之时，金光耀目、恢宏无比，所以被称之为“金殿”。车赴洛阳（约2小时），【赠送价值120元/人夜游神都】入夜后的洛阳城，就成了盛世大唐：【洛邑古城】被称为中原渡口，是体验洛阳文化的绝佳之地，【十字街夜市】全国十大美食街之一，【应天门】“唐宫夜宴”实景拍摄地。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、老君山参观期间，大部分台阶，切记观景不走路，走路不观景！
                 <w:br/>
                 2、中灵大索道或者云景索道（两个索道交替运行）！
                 <w:br/>
                 3、峰林索道往返80元/人，游览根据自己的身体情况自由选择！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【老君山景区】
+                景点：【老君山景区】【洛邑古城】【应天门】【十字街夜市】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：特色餐牡丹宴   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：餐标30元/人   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">洛阳：太学府酒店、美豪怡致、或伊川智选假日或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -739,164 +739,164 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳-三门峡-华阴
-[...1 lines deleted...]
-                早餐后，参观世界文化遗产，中国最大的皇家石刻艺术宝库【龙门石窟】（参观约2小时，不含电瓶车往返20元/人），以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。赴三门峡（约2.5小时），参观世界文化遗产【陕州地炕院】（参观约1.5小时），作为一种古老而神奇的民居样式，地炕院蕴藏着丰富的文化，春节期间，陕州锣鼓书、绛州锣鼓、打铁花、大型社火、赶毛驴、踩高跷、财神拜年、猜灯谜等丰富的民俗文化活动将在这里精彩上演（民俗活动属于年味活动，具体时间以景区通告为准，敬请谅解），车赴华阴县（约1.5小时），入住酒店！
+                洛阳-三门峡
+                <w:br/>
+                酒店早餐后，参观【牡丹园】（根据花情，神州/国家/国花/国际四园选一，约1小时，3月份为室内牡丹，若遇室内牡丹园未开放参观，则改为等价参观：洛阳牡丹阁景区，旅行社无费用退还，敬请谅解），中国人一向把牡丹看作是富贵吉祥、繁荣幸福的象征，陶醉在万紫千红的牡丹观赏区，您会真正的领略“花如海、人如潮”、“天下真花独牡丹”的花王风采。参观世界文化遗产【龙门石窟】（约2小时），龙门石窟是中国最大的皇家雕刻艺术宝库，数量之多位于全国各大石窟之首。以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。车赴三门峡（约2小时），参观世界文化遗产【陕州地坑院】（约1.5小时），作为一种古老而神奇的民居样式，地炕院蕴藏着丰富的文化，晚宿三门峡！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【龙门石窟】【陕州地炕院】
+                景点：【牡丹园】【龙门石窟】【陕州地坑院】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自组早餐     午餐：特色餐十碗席     晚餐：团餐餐标40元/人   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">华阴：麗致酒店、雅斯特酒店、华悦里或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐牡丹宴     晚餐：团餐餐标30元/人   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">三门峡：海联国际、维也纳或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 华阴-临潼-西安
                 <w:br/>
-                早餐后，车赴临潼（约1.5小时），参观位于骊山北麓的“世界第八大奇迹” 【兵马俑1、2、3号坑】（参观约3小时）。三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园。独家赠送价值298元/人《大秦帝王铁鹰锐士》（含表演+秦俑手工制作+秦弓体验+真人AI变装）通过自己动手体验，进一步了解修复兵马俑背后的奥秘，学习工匠智慧，增强文物保护意识，通过A1体验，带你沉浸式穿越，走进秦始皇统一六国的壮烈历程，车赴西安，打卡【大唐不夜城新春灯会】（约2小时）（新春灯会属于年味活动，具体时间以景区通告为准，敬请谅解），看盛唐天街花灯万盏，梦回大唐盛世，感受盛唐天街的年味。耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                酒店早餐后，车赴临潼（约2.5小时），参观位于骊山北麓的“世界第八大奇迹” 【兵马俑1、2、3号坑】（参观约3小时）。三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园。车赴西安（约1小时），畅游西安最具人气的【钟鼓楼广场+北院门仿古步行街】（约1小时），在具有民族特色的回民小吃街自费品尝美食。游中国十大高品位文化街，打卡夜游【大唐不夜城】（游览约2小时），整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、兵马俑电瓶车不含，单程 5 元/人，乘坐约 5 分钟，如不坐电瓶车需要步行 10 分钟左右；非必须产生项目，请根据自身情况选择。
                 <w:br/>
                 2、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
                 <w:br/>
                 3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【兵马俑1、2、3号坑】【大唐不夜城新春灯会】
+                景点：【兵马俑1、2、3号坑】【钟鼓楼广场+北院门仿古步行街】【大唐不夜城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团餐餐标40元/人     晚餐：不含   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐秦王宴     晚餐：不含晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：港务区智选、高新南智选或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -909,78 +909,80 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安-运城
                 <w:br/>
-                酒店早餐后，参观【西安博物院】（约1小时），又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。畅游西安最具人气的【钟鼓楼广场+北院门仿古步行街】（约1.5小时），在具有民族特色的回民小吃街自费品尝美食。车赴运城（约2.5小时），参观【永乐宫】（约2小时），永乐宫宫殿内部的墙壁上，布满了精心绘制的壁画，其艺术价值之高，数量之多，实属世上罕见。分布在宫内三清殿、龙虎殿、纯阳殿和重阳殿的1000平方米（包括拱眼壁画）精美壁画，题材丰富，笔法高超，其艺术水平堪与敦煌壁画相媲美，为我国绘画史上的杰作，是世界美术史上一颗瑰丽的明珠。
-[...3 lines deleted...]
-                1、西安博物院免费不免票，需提前预约。不能保证预约成功，如遇闭馆或预约不成功，则改为赠送：临潼博物馆/陕西历史博物馆秦汉馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
+                酒店早餐后，参观电视剧《一生一世》取景地【青龙寺】（约1小时），中国佛教密宗寺院 ，又名石佛寺，寺内广植樱花树，每到春季，天气晴朗，寺内樱花盛开，落英缤纷，芳草萋萋，姹紫嫣红，蔚为美观！每年3-4月期间，樱花盛开，是当地婚纱外景拍摄地之一。参观【西安博物院】（约1小时），又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。车赴运城（约2.5小时），参观【永乐宫】（约2小时），永乐宫宫殿内部的墙壁上，布满了精心绘制的壁画，其艺术价值之高，数量之多，实属世上罕见。分布在宫内三清殿、龙虎殿、纯阳殿和重阳殿的1000平方米（包括拱眼壁画）精美壁画，题材丰富，笔法高超，其艺术水平堪与敦煌壁画相媲美，为我国绘画史上的杰作，是世界美术史上一颗瑰丽的明珠。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、西安博物院逢周二闭馆，免费不免票，需提前预约。如遇闭馆或预约不成功，则改为参观：西安事变纪念馆/陕历博分馆之秦汉馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
+                <w:br/>
+                2、每年3-4月期间，为樱花最佳的季节，但观景期需视当地气候及气温而定。本行程的观景描述源自去年同期的景色情况，具体观景的时间会因应现时气候条件的变化而略有不同，敬请谅解!
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【西安博物院】【钟鼓楼广场+北院门仿古步行街】【永乐宫】
+                景点：【青龙寺】【永乐宫】【西安博物院】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：团餐餐标40元/人   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐长安风味     晚餐：不含晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">运城：美巢雅韵、美豪怡致或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1109,51 +1111,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经出，不得更改、不得签转、不得退票。）
                 <w:br/>
                 2.住宿：全程 入住豪华酒店标准双人间。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准；小孩不占床含半价早餐，超高自理！
                 <w:br/>
-                3.用餐：含5早6正餐，正餐餐标40元/人/正，小孩含半价正餐！不含酒水，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含5早7正餐，正餐餐标30元/人/正，小孩含半价正餐！不含酒水，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含行程中景点首道大门票，不含园中园门票。因个人原因自愿放弃景点参观，将不退还门票费用；在不影响旅游景点的情况下，我司有权对进出港口和旅游景点顺序进行调整，恕不另行通知（长者和学生优惠请携带相关有效证件与当地导游协商退现，门店不办理退门票费用）！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：河南陕西当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：全价餐、占车位、导游服务费、 含半价早餐，不占床，含半价门票,超高需当地补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水，华山赠送登山手套！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1813,51 +1815,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>