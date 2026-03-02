--- v0 (2025-12-16)
+++ v1 (2026-03-02)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【秋天的童话】韶关2天丨打卡“黄金满地”韶关帽子峰&amp;森呼吸摄红叶世界-火焰红枫行程单</w:t>
+        <w:t xml:space="preserve">【乐昌九峰山花海】韶关2天 | 东华寺祈福赏樱花丨李洞桃花谷水墨桃花丨相约世外桃源行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251114SP78066590</w:t>
+              <w:t xml:space="preserve">TX-20260205SP78066590</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -347,53 +347,53 @@
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 出发上车点：
                 <w:br/>
                 07:30纪念堂地铁站C出口
                 <w:br/>
-                08:00白云公园（白云公园地铁C/D出口）
-[...1 lines deleted...]
-                跟团游下车点：纪念堂
+                08:10花都清塘地铁B出口
+                <w:br/>
+                跟团游下车点：原上车点下车
                 <w:br/>
                 市区指定范围内15人或以上定点接送
                 <w:br/>
                 （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
                 <w:br/>
                 <w:br/>
                 具体出发时间、地点以导游通知安排为准
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
@@ -407,57 +407,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
-[...5 lines deleted...]
-                韶关“布达拉宫”【翁源东华寺】千年古寺世界最大翡翠观音
+                ☆央视《乡约》拍摄地李洞桃花谷赏水墨桃花
+                <w:br/>
+                东华寺、禅意静心礼佛、落樱缤纷赏樱花
+                <w:br/>
+                ☆赏世外桃源·九峰花之海，桃花、李花、梨花竞相开放
+                <w:br/>
+                ☆韶关“布达拉宫”【翁源东华寺】千年古寺世界最大翡翠观音
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -574,59 +574,61 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：出发集合—-新丰·岭南红叶世界—午餐自理—东华寺—入住酒店—晚餐自理   午餐晚餐：自理                                      住：韶关舒适型酒店
-[...3 lines deleted...]
-                随后游览前往【东华禅寺】东华禅寺历经1500多年历史，属禅宗道场，始建于南朝502年，由禅宗六祖惠能命名为东华禅寺。1997年，万行法师在此闭关潜修三年，终悟本源后复建东华禅寺。东华山风景区为国家4A级旅游景区。
+                出发集合—【东华寺】—【湖心坝】—午餐自理—【李洞桃花谷】—入住酒店—晚餐自理
+                <w:br/>
+                早上于指定时间集中，乘车前往美丽的旅游城市--新丰（车程约 2 .5小时左右），前住翁源礼佛【东华寺】，它位于翁源县郊2公里东华山风景区，南朝梁武帝天监元年（公元502年），印度智药三藏禅师始创东华，原名灵鹫寺。樱花时节，粉红的花儿掩映着千年古寺，恰好了一个寻三分幽静顿悟七分禅意境界。走进东华寺，才知道，缘起于南朝梁武帝天监元年，印度智药三藏禅师航海抵粤至翁邑（今翁源），始创东华，原名灵鹫寺。唐龙朔元年，六祖惠能于黄梅受衣钵，南归经此寺而隐修，改灵鹫寺为东华禅寺。古寺给一树树樱花簇拥，粉红色花开一世界，滚滚红尘里，凝望古寺，心，就静下来了。时光如禅，一卷粉色画卷，幽幽真情。几朵嫩粉，婉转了心。独自徘徊，静寂的心，一树木香，风洗了尘心。
+                <w:br/>
+                随后前往【湖心坝客家群楼】，可以在湖心坝·觅屿小院歇息，感受咖啡与自然的完美融合，享受悠闲时光。当金色花浪的余韵还在鼻尖萦绕，不妨转身步行几分钟就能到达湖心坝客家群楼。这里被誉为“粤北客家第一村”，始建于明朝正统年间，至今已有550多年的历史，一砖一瓦都刻着岁月的痕迹。漫步其中，围楼的高墙、雕花的窗棂、古朴的大门，每一处细节都彰显着客家人的智慧。建筑内鹅卵石铺成的街道蜿蜒曲折，踩上去发出清脆的声响，像是在诉说着过往的故事。楼外有楼，巷巷相连，每一处景致都在无声诉说着历史的传承，也将人们对慢生活的向往，悄然种进心底。
+                <w:br/>
+                约12:00午餐自理，随后前往央视《乡约》拍摄地【李洞桃花谷】，欣赏水墨桃花。乘着二月浩荡的春风，沐浴着温暖的春光，我们又迎来了一年一度桃花盛开的季节。漫山遍野的桃花编织着春天的明媚，绿意浓浓的青山绵延着大地的无垠。这边风景独好，最忆是翁源桃花林。娇艳欲滴的桃花悄悄捎去春天的问候，那惹眼的绯红和醉人的馨香，一同在花海中迎风绽放，成为这个春天专属你的最美的记忆。这里举行过大型相亲活动，或许你也能在美丽的桃花林下遇见人生的伴侣，结下一段浪漫的桃花情缘。使你感受一场水墨桃花的纷扬与蹁跹，共续桃花林下的唯美恋情。（观赏参考时间：樱花/桃花会在2月中-3月份盛放开花，因天气原因而变，具体视景区观赏为准，敬请留意，旅行社不作赔偿）后入住韶关市区酒店，办理入住后！客人自理当地特色，品尝美味佳肴。
                 <w:br/>
                 约19：00—21：00赠送宵夜：助睡眠香甜牛奶一杯。
                 <w:br/>
-                自费项：岭南红叶世界（含景区大门票，不含游园观光车20元/人，不含天空之境观光车20元/人）
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -656,58 +658,58 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第2天：早餐—南雄帽子峰银杏—午餐自理—返程 含早餐             午餐：自理
-[...3 lines deleted...]
-                约12：00午餐自理，乘车返回温馨的家，结束愉快的旅程！
+                早餐—【乐昌九峰镇桃李花】—午餐自理—返程
+                <w:br/>
+                早餐后，前往乐昌【九峰山】（车程约2小时，游览约2小时）位于乐昌北部，东与五山镇相毗邻，南与大源、北乡两镇接壤，西与两江镇相连，北与湖南省汝城县交界。九峰镇属中低山地貌，境内群峰突兀，层峦叠嶂，海拔大多在千米以上，最著名的有九个山峰：五指锋、向日峰、青云峰、紫徵峰、太乙峰、云祖峰、羊角峰、马蹄峰、三星峰，九峰镇因此而得名。游览十里长廊【桃李花海】，感受一片粉色花的海洋。“去年今日此门中，人面桃花相映红”。九峰素有“桃李之乡”美誉，1月至2月的乐昌告别寒冷，迎来了春天的步调，万物欣欣向荣。著名的“水果之乡”九峰山上桃花、李花、梨花争相怒放，六万亩桃花李花相映红，花团锦簇，整个九峰镇成为一个花的海洋。初春时节，盘山公路两旁的桃李花如醉霞绯云般地争相斗艳，桃花嫣红，李花雪白，遍地是花，处处是景，八方游客纷纷驻足欣赏，穿梭于这如诗如画的十里“桃李花长廊之中，拿出长枪短炮，多角度留住这世外桃源的满树芳华。（花季时间：2月-3月盛放开花，因天气原因而变，具体视景区观赏为准，敬请留意，旅行社不作赔偿），之后返回广州温暖的家.结束愉快行程!
                 <w:br/>
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -771,51 +773,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
                 2、用餐：1早餐1宵夜(均为套餐，不用不退费用)；
                 <w:br/>
                 早餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与)
                 <w:br/>
                 3、住宿：韶关舒适型酒店（随机安排，不指定大床/双床）
                 <w:br/>
                 4、景点：含行程所列景点第一道大门票（不含园中园门票，旅行社优惠打包价格，无儿童、长者免票/半价优惠）
                 <w:br/>
                 5、导游：含全程优秀导游服务；
                 <w:br/>
                 6、购物：无购物。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -907,51 +909,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1137,51 +1139,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>