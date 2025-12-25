--- v0 (2025-11-01)
+++ v1 (2025-12-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【南欧 春节皇家礼遇】西班牙+葡萄牙12天（深航深圳往返） |AVE|马德里皇宫|圣家族教堂|奎尔公园|罗卡角|佛朗明哥晚宴|6小镇巡游|3特色美食|含全餐|含签证及司导服务费|双城连住|2人WIFI行程单</w:t>
+        <w:t xml:space="preserve">【南欧 春节皇家礼遇】西班牙+葡萄牙12天（深航深圳往返） |AVE|阿宫|马德里皇宫|圣家族教堂|奎尔公园|罗卡角|佛朗明哥晚宴|塞维利亚马车巡游|6小镇巡游|3特色美食|含全餐|含签证及司导服务费|双城连住|2人WIFI行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">EU202510291025HC</w:t>
+              <w:t xml:space="preserve">EU202511101515HC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,83 +388,85 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 【经典全含】入内圣家族大教堂，奎尔公园，马德里皇宫，均含官导
+                ★ 【经典全含】入内阿尔罕布拉宫，圣家族大教堂，奎尔公园，马德里皇宫，均含官导
                 <w:br/>
                 ★ 【网红打卡】“陆止于此，海始于斯”罗卡角
                 <w:br/>
                 ★ 【高速列车】安排马德里-巴塞罗那 AVE高速列车，省去 700 多公里 7 小时拉车时间，行程更轻松
                 <w:br/>
                 ★ 【特色体验】欣赏西班牙国粹：热烈火辣的佛朗明戈舞晚宴，感受西班牙式的热情
                 <w:br/>
-                ★【龙达】：隆达也是西班牙斗牛的发源地，这里有西班牙历史悠久的斗牛场及博物馆， 真人秀《花样姐姐》也在此取景。
+                ★ 【塞维利亚复古马车游】，可谓是这里ZUI亮眼的风景线
+                <w:br/>
+                ★【龙达】：龙达也是西班牙斗牛的发源地，这里有西班牙历史悠久的斗牛场及博物馆， 真人秀《花样姐姐》也在此取景。
                 <w:br/>
                 ★【塞戈维亚】：一座用石头写诗的中世纪之城
                 <w:br/>
                 ★【千年古城托莱多】：世界文化遗产之城，基督教、伊斯兰教和犹太教几种文明荟萃之地，因此也被誉为“三文化”名城。
                 <w:br/>
                 ★【塞维利亚】：西班牙国粹弗拉明戈舞蹈的发源地，安达卢西亚首府。塞维利亚到处是故事，唐璜、卡门、哥伦布、堂吉诃德，跟着这些人物的脚步来看看这梦幻般的城市。
                 <w:br/>
                 ★【格拉纳达】：石榴之城，阿拉伯风情的白色房屋鳞次栉比沿山而建.
                 <w:br/>
                 ★【瓦伦西亚】：古老文明与现代科学的交织碰撞，“地中海明珠”。 
                 <w:br/>
                 ★【辛特拉】人文景观与自然风光揉合在一起，难怪诗人拜伦把辛特拉喻为“灿烂伊甸园
                 <w:br/>
                 ※美味随行，含全餐，西葡地道美食
                 <w:br/>
                 -特别安排品尝西葡地道美食：西班牙海鲜饭、葡萄牙鳕鱼餐、葡挞
                 <w:br/>
                 ★ 【葡式鳕鱼餐】鳕鱼是葡萄牙国菜，据说有 365 种吃法，每天吃不同的口味，一年都不带重样
                 <w:br/>
                 ★ 【西班牙海鲜饭】西班牙海鲜饭是西餐的三大名菜之一，与法国蜗牛，意大利面齐名，一定不可错过
                 <w:br/>
                 ★ 【百年葡式蛋挞】蛋挞店是全葡萄牙乃至世界最有名的，历史悠久，从 1837 年至今，坐落在贝伦区
                 <w:br/>
-                ★ 全程豪华酒店，双城连住：马德里、巴塞罗那
+                ★ 全程豪华酒店，升级2晚超豪华酒店连住：马德里或巴塞罗那
                 <w:br/>
                 ★ 全团赠送WIFI无线上网（2人1台）， 含司机导游服务费
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -755,51 +757,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西班牙小镇-(大巴约400公里)-格拉纳达
                 <w:br/>
                 ●【格拉纳达】,穆斯林摩尔人在伊比利亚半岛上建立的摩尔王国政治文化中心，是安达卢西亚的骄傲，也是西班牙的骄傲，更是伊斯兰教徒心中的圣地。
                 <w:br/>
-                ●【阿尔拜辛】,西班牙安达卢西亚城市格拉纳达的一个区，保留了狭窄而蜿蜒的中世纪摩尔街道。1984年与著名的阿尔罕布拉宫一同列为世界遗产。阿尔拜辛位于面对阿尔罕布拉宫的小山上，不少旅客到阿尔拜辛，主要是从圣尼古拉教堂的角度，来观赏阿尔罕布拉宫。 阿尔拜辛区的亮点包括阿拉伯浴室、格拉纳达考古博物馆，和修建在摩尔人清真寺遗址上的救主教堂（San Salvador）。阿尔拜辛还包含一些原来摩尔人的房子，各种餐馆，其中几条街道经营北非小吃店。
+                ●【阿尔罕布拉宫】入内（游览不少于1小时30分钟）,1984年被列入联合国世界文化遗产，是阿拉伯式宫殿庭院艺术的鼎盛之作。为中世纪摩尔人所建立的格拉纳达埃米尔国的王宫，有“宫殿之城”和“世界奇迹”之称。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                ①阿尔罕布拉宫属世界文化遗产，官方实行限流参观政策。团队需预约申请购票，方可游览，具体游览时间以实际获批为准。若与行程预先安排时间不符，参观时间将根据实际情况进行前后调整，敬请谅解！
+                <w:br/>
+                ②如预约申请未获批，届时将无法入内参观，改用【阿宫后花园】并退6欧/人门票差价或【塞维利亚王宫】退8欧/人门票差价代替原定游览内容，不再另行通知，敬请悉知！且此天增加如下游览景点：【阿尔拜辛区】（自由活动约30分钟）1984年与阿尔罕布拉宫一同列为世界遗产，保留了狭窄而蜿蜒的中世纪摩尔街道。"。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -837,51 +845,53 @@
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 格拉纳达-(大巴约178公里)-龙达-(大巴约130公里)-塞维利亚
                 <w:br/>
                 ●【龙达】（游览不少于1小时）,这里是伟大的斗牛艺术的发源地，同时龙达还以将城市分成两断的地势险要的天然大峡谷而闻名遐迩。漫步龙达的大街小巷，亲身感觉当地人们悠闲自在与世无争的生活。参观著名的龙达天然断崖，踱步于连接新老城区的石桥，下方是万丈深渊，远处是无限美丽的风景。
                 <w:br/>
                 ●【龙达新桥】（游览不少于15分钟）,龙达新桥是龙达小镇的标志性建筑，桥的一端连接着龙达老城，伫立在万丈悬崖之上，给人一种惊心动魄的壮美之感。新桥由石板铺砌而成，这些石块因为经历过岁月的洗礼，所以变得像一块块黑玛瑙一样黝黑发亮。站在桥上环顾四周，视野能及的都是绵延的美丽龙达山脉。
                 <w:br/>
-                ●【塞维利亚】,塞维利亚是西班牙两大国粹弗朗门戈和斗牛的发源地，是一座历经西班牙荣辱的历史名城，也是世界文学名著《卡门》、《唐璜》等故事发生的地方。
+                ●【塞维利亚】入内（游览不少于30分钟）,塞维利亚是西班牙两大国粹弗朗门戈和斗牛的发源地，是一座历经西班牙荣辱的历史名城，也是世界文学名著《卡门》、《唐璜》等故事发生的地方。
+                <w:br/>
+                ●【塞维利亚复古马车】（游览不少于30分钟）,体验塞维利亚复古马车游，哒哒的马蹄声中感受西班牙式浪漫情怀。
                 <w:br/>
                 ●【塞维利亚大王宫】外观（游览不少于15分钟）,1987年被联合国列入世界文化遗产名录，集宫殿、城堡和花园于一身，是西班牙伊斯兰文化风格的代表作之一。这里也是美剧《权利的游戏》中多恩马泰尔家族王宫的取景地。
                 <w:br/>
                 ●【塞维利亚大教堂】外观（游览不少于15分钟）,世界文化遗产，世界三大教堂之一，伊比利亚半岛规模居首位的大教堂。这里也是哥伦布的灵柩所在之地。
                 <w:br/>
                 ●【黄金塔】外观（游览不少于15分钟）,是西班牙辉煌航海史的见证，曾作为军事瞭望塔，并储存西班牙珍宝船队从美洲带回的贵金属。
                 <w:br/>
                 ●【塞维利亚西班牙广场】（游览不少于30分钟）,1492年，航海家哥伦布，就是从这里出发前往探险，今天我们的参观就好像回顾历史，亦如徜徉在文学与历史古迹的熏陶之中。这里也是1929年西班牙承办万国博览会的主场地，两旁有着古典的喷泉回廊。
                 <w:br/>
                 ●【佛朗明戈表演】入内（游览不少于1小时）,佛朗明戈舞是融歌唱、舞蹈、器乐于一体的西班牙艺术瑰宝，感受忧郁哀伤、狂热奔放合二为一的音乐风格与独特的舞蹈形式构筑成的强大魅力，含晚餐。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1139,51 +1149,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">豪华酒店</w:t>
+              <w:t xml:space="preserve">豪华-超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1237,51 +1247,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">豪华酒店</w:t>
+              <w:t xml:space="preserve">豪华-超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1325,51 +1335,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">豪华酒店</w:t>
+              <w:t xml:space="preserve">豪华-超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1405,51 +1415,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式团餐     晚餐：中式团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">豪华酒店</w:t>
+              <w:t xml:space="preserve">豪华-超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1635,59 +1645,59 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	住宿：全程欧洲豪华或同等级酒店：以两人一房为标准、酒店欧陆式早餐
+                1.	住宿：全程欧洲豪华或同等级酒店，升级2晚超豪华酒店连住（马德里或巴塞罗那）：以两人一房为标准、酒店欧陆式早餐
                 <w:br/>
                 2.	用餐：行程注明所含的9个早餐 18个正餐（含3个特色餐：西班牙海鲜饭，葡萄牙鳕鱼餐，佛朗明哥表演晚宴，赠送葡挞），以中式六菜一汤为主（不含酒水），8-10人一桌，或根据餐厅提供桌型安排就餐座位；无法安排中餐的城市将安排当地餐或退餐费，所有餐食如自动放弃，款项恕不退还；如果在全团协议下同意更改为风味餐，不退正常团餐费用；
                 <w:br/>
                 3.	国际交通：国际间往返经济舱团体机票、机场税及燃油附加费，及欧洲境内段机票（含机场税）；
                 <w:br/>
                 4.	用车：境外旅游巴士：根据团队人数，安排35-50座巴士，及专业外籍司机；
                 <w:br/>
-                5.	门票：行程中所含的首道门票：圣家族大教堂（含官导）、奎尔公园（含官导）、马德里皇宫（含官导）、罗卡角、托莱多官导、龙达官导、塞戈维亚官导、马德里至巴塞罗那AVE高速列车二等座；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）； 
+                5.	门票：行程中所含的首道门票：阿尔罕布拉宫（含官导）、圣家族大教堂（含官导）、奎尔公园（含官导）、马德里皇宫（含官导）、罗卡角、托莱多官导、龙达官导、塞戈维亚官导、马德里至巴塞罗那AVE高速列车二等座；详细参照附带行程中所列之景点（其他为免费对外开放或外观景点或另付费项目）； 
                 <w:br/>
                 6.	保险：境外30万人民币医疗险。自备签证或免签的客人请自理旅游意外保险。
                 <w:br/>
                 7.2人WIFI；
                 <w:br/>
                 8.西班牙ADS旅游签证费；
                 <w:br/>
                 9.全程司导服务费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1703,51 +1713,51 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.个人旅游意外保险：具体保险险种请在报名时向销售人员咨询并购买，出行时请将该保单资料随身携带；65岁以上（含65岁）老年人特殊保险费用（请视自身情况购买，并请签署健康承诺函及亲属知晓其参团旅行的同意书）；
                 <w:br/>
                 2.	因境外目的地有服务费文化，为了感谢欧洲各地有当地官方导游讲解及热忱服务（例如：巴塞罗那、托莱多、塞维利亚、马德里皇宫等），请另付上服务费EUR 1/人。
                 <w:br/>
-                3.	单房差：酒店单人房附加费 （2500元人民币/人/全程）注：酒店单房差仅指普通单人间（如团友要求大床单间或单独一人住标双，单房差另议）；
+                3.	单房差：酒店单人房附加费 （3500元人民币/人/全程）注：酒店单房差仅指普通单人间（如团友要求大床单间或单独一人住标双，单房差另议）；
                 <w:br/>
                 a)	**分房以团友报名的先后顺序安排拼房，若团友不接受此种方式或经协调最终不能安排，或出现单男单女且团中无同性别团员同住的情况，需在出发前补单房差入住单人房；
                 <w:br/>
                 5.	行程表费用包含项目以外或未提及活动项目所需的费用，例如行程不含的特殊门票、特殊交通、酒店内的私人消费等费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
@@ -2158,51 +2168,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-01</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>