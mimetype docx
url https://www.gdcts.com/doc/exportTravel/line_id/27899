--- v1 (2025-12-25)
+++ v2 (2026-03-14)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SGYY-20251023-X8</w:t>
+              <w:t xml:space="preserve">SGYY-20250115-X8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -410,61 +410,59 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 精致·吃
                 <w:br/>
                 ★品尝美味特色餐：布尔津冷水鱼宴+大盘鸡+手抓饭
                 <w:br/>
                 ★特别安排：品尝价值80元/人新疆欢送宴
                 <w:br/>
                 精选·住
                 <w:br/>
-                ★全程升级入住优选网评4钻以上酒店；
+                ★全程升级入住优选5晚网评4钻酒店；
                 <w:br/>
                 ★指定升级1晚乌鲁木齐网评5钻酒店。
                 <w:br/>
                 ★特别安排升级1晚禾木雪景森林木屋，夜观冬日禾木银河星空，赏日出晨雾日落晚霞；
                 <w:br/>
                 舒适·行
                 <w:br/>
                 ★用车升级，2+1陆地豪华商务舱座椅大巴，舒适空间，奢华体验，让您忘却旅途疲劳
-                <w:br/>
-                ★喀纳斯/禾木景区2天VIP车进入，免排队，免换乘区间车
                 <w:br/>
                 ★途径S21乌阿沙漠高速公路，纵穿古尔班通古特沙漠，缩短行车距离，饱览沿途景观
                 <w:br/>
                 精彩·玩
                 <w:br/>
                 ★北纬48°黄金雪域，入住水墨禾木景区内，体验泼水成冰，留影雪地蘑菇云
                 <w:br/>
                 ★冬季的冰雪喀纳斯，宛如与世隔绝的秘境
                 <w:br/>
                 ★冬季赛里木湖，在阳光照射下发出诱人的蓝宝石一样的光，寻找冰眼，冰气泡
                 <w:br/>
                 ★乌尔禾魔鬼城，给人的苍茫之感仿佛穿越到另一个世界，你很难想象，这片寸草不生，干裂的黄土地，在亿年前曾是烟波浩渺的淡水湖泊
                 <w:br/>
                 ★独山子大峡谷，独库公路起点的绝美景色，深深的峡谷仿佛被尖刀切割成石头森林
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
@@ -1792,51 +1790,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 50.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">禾木村骑马+禾木村马拉爬犁</w:t>
+              <w:t xml:space="preserve">禾木村骑马或马拉爬犁</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">娱雪体验</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
@@ -2867,51 +2865,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>