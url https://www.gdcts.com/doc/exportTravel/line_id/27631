--- v0 (2025-11-03)
+++ v1 (2025-12-26)
@@ -573,51 +573,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-博鳌（飞行时间约90分钟）
                 <w:br/>
-                各位贵宾请于指定时间在广州白云机场集合，工作人员帮助您办理乘机手续，后乘飞机前往国际旅游岛----博鳌（去程参考起飞时间：广州飞博鳌或海口 19:00-23:59之间起飞，不能指定，具体航次以实际出票为准），导游接团后入住酒店。
+                各位贵宾请于指定时间在广州白云机场集合，工作人员帮助您办理乘机手续，后乘飞机前往国际旅游岛----博鳌（去程参考起飞时间：广州飞博鳌或海口 20:00-23:59之间起飞，不能指定，具体航次以实际出票为准），导游接团后入住酒店。
                 <w:br/>
                 <w:br/>
                 报名须知：社有权根据港口及具体航班时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间的情况下，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 交通：飞机/旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
@@ -696,157 +696,147 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/格林豪泰/金都/金荔湾/九里香/施顿/佳亮/朗月星/华星智能/派柏云/香格尔或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/格林豪泰/金都/金荔湾/九里香/施顿/佳亮/朗月星/华星智能/派柏云/香格尔/海澜/夏朵或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三亚一地
                 <w:br/>
-                早餐后出发，游览【槟榔谷】 (游览时间150分钟) 槟榔谷是海南民族文化活化石，是海南省游客满意十佳景区和十大最佳特色魅力旅游风景区之一，是海南省最丰富、最权威、最灵动、最纯正的民族文化“活体”博物馆。温馨提示：槟榔谷景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点
-[...25 lines deleted...]
-                注意：患有心脏病，高血压，糖尿病，哮喘病，中耳炎，癫痫病，孕妇及各心血管疾病，55岁以上老人（含55岁不赠送摩托艇票）不宜参加水上运动，如有隐瞒自身实际情况，后果自负。游艇所含内容为打包销售，具体项目开放视当天商家安排，各别项目暂停服务、没有体验到的或因天气海浪原因提前返航的不作任何退费，请谅解。
+                早餐后出发，游览【槟榔谷】 (游览时间150分钟) 槟榔谷是海南民族文化活化石，是海南省游客满意十佳景区和十大最佳特色魅力旅游风景区之一，是海南省最丰富、最权威、最灵动、最纯正的民族文化“活体”博物馆。温馨提示：槟榔谷景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。
+                <w:br/>
+                超值赠送【游艇出海】（时间约3小时）（赠送项目不用不退）出海路线：码头出发→远眺鹿头情人山→小青州→凤凰岛→情人湾→远眺第一大道椰梦长廊→三亚角→帆船港附近海域抛锚娱乐→返回码头
+                <w:br/>
+                包含项目：
+                <w:br/>
+                1.激情开场：免费体验1分钟摩托艇，感受海上飞驰的刺激！
+                <w:br/>
+                2.休闲海钓：提供鱼饵、渔具，钓到的鱼直接带走，收获满满成就感！
+                <w:br/>
+                3.童趣无限：海上魔毯、香蕉船、蹦蹦床等无动力充气玩具，大人小孩都能放肆嗨！
+                <w:br/>
+                4.视听盛宴：网红船DJ电音舞会派对，跟着节奏摇摆；欣赏海上勇士踏浪、海天飞龙表演，震撼眼球！
+                <w:br/>
+                5.能量补给：免费提供饮料、时令水果、糖果、小零嘴自助供应，随时补充！
+                <w:br/>
+                温馨提示：患有心脏病，高血压，糖尿病，哮喘病，中耳炎，癫痫病，孕妇及各心血管疾病，55岁以上老人（含55岁不赠送摩托艇票）不宜参加水上运动，如有隐瞒自身实际情况，后果自负。游艇所含内容为打包销售，具体项目开放视当天商家安排，各别项目暂停服务、没有体验到的或因天气海浪原因提前返航的不作任何退费，请谅解。
                 <w:br/>
                 交通：旅游车
                 <w:br/>
                 景点：【槟榔谷】和【游艇出海】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/格林豪泰/金都/金荔湾/九里香/施顿/佳亮/朗月星/华星智能/派柏云/香格尔或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/格林豪泰/金都/金荔湾/九里香/施顿/佳亮/朗月星/华星智能/派柏云/香格尔/海澜/夏朵或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2007,51 +1997,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>