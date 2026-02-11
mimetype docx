--- v0 (2025-12-26)
+++ v1 (2026-02-11)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【清远“小洱海”】清远1天丨云端漫步 清远“小洱海” 黄腾峡美食1天行程单</w:t>
+        <w:t xml:space="preserve">【春节专场】清远2天丨豪吃海鲜自助晚丨金枪鱼开鱼刺身丨泡森林汤泉行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251114SP80923469</w:t>
+              <w:t xml:space="preserve">TX-20260119SP39183633</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -345,118 +345,125 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：
                 <w:br/>
-                08:00 纪念堂地铁站C出口
-[...5 lines deleted...]
-                广州市区：纪念堂
+                09:00番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                10:00纪念堂地铁站地铁站C出口
+                <w:br/>
+                下车点：原上车点下车
+                <w:br/>
                 <w:br/>
                 市区指定范围内15人或以上定点接送
                 <w:br/>
+                番禺指定范围内15人或以上定点接送
+                <w:br/>
                 （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
-                <w:br/>
-[...2 lines deleted...]
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程特色：
                 <w:br/>
-                黄腾峡十八瀑 观天门广场网红天门悬廊大球拍（重本包含单程缆车+十八瀑）
-[...3 lines deleted...]
-                含1正1下午茶 午餐麻鸡村 99.99%纯度正宗清远鸡 精美下午茶
+                ◆入住1晚五钻【清远恒大温泉酒店】
+                <w:br/>
+                ◆标准八道室内恒温泳池，无限次泡森林汤泉
+                <w:br/>
+                ◆吃足2餐*豪叹海鲜自助晚+1自助早餐
+                <w:br/>
+                ◆欧式的风格装饰60㎡豪华客房
+                <w:br/>
+                ◆体验春节泼水狂欢 套鹅赶鸭 钓虾捉泥
+                <w:br/>
+                升级娱乐：
+                <w:br/>
+                6人同时报名即赠送麻将一台任打
+                <w:br/>
+                10人同时报名送KTV午（12:00-20:00）欢唱3小时+手动麻将
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,87 +580,177 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：出发--清远黄腾峡生态旅游区-午餐-北江南岸公园--冯了性国药基地--返程 含：午餐
-[...16 lines deleted...]
-                【温馨提示：以上游览时间仅供参考，具体以当天实际游览为准！】
+                第一天：集中出发—午餐自理—入住清远恒大酒店——自助晚餐 含：自助晚餐        自理：午餐
+                <w:br/>
+                早上于指定时间地点集中出发。
+                <w:br/>
+                11:00午餐周边餐厅自理。
+                <w:br/>
+                13:00-13:50入住【清远恒大酒店】，酒店致力于成为珠三角深受顾客喜爱的度假会议酒店。酒店座落笔架山脉北麓，依据天然森林环抱的特色塑造山水生态森林景观，每一个角落都是一道独立的风景，饮食中心、会议中心、运动中心、娱乐中心、健康中心等配套从容坐落环湖而建，配有森林汤泉、水上乐园、标准11人制足球场等设施，打造全方位沉浸式商旅体验，是奖励旅游、会议培训、拓展团建及亲子度假的不二之选，同时也是党政机关会议定点场所之一。
+                <w:br/>
+                15:00——17:00酒店自由活动
+                <w:br/>
+                18:00-19:00自助晚餐 
+                <w:br/>
+                自由前往汤泉体验（营业时间是14:00-24:00）房间包含双人无限次汤泉体验，在酒店健康中心，可在酒店大堂门口乘坐电瓶车到达
+                <w:br/>
+                森林汤泉：位于健康中心，包含7个户外露天泡池和3个室内泡池，内部功能布局主要有桑拿、按摩、棋牌、足疗等。森林汤泉，环境静谧舒适，取自微矿物质地下山泉水，包括瑶药池、浴盐池、热力按摩池等，配有高端桑拿芬兰浴和土耳其浴。汤泉四周林木环绕，隐寓于山色之间，在这里可以尽享纯粹的自然之美，享受林间热浴！
+                <w:br/>
+                元旦特别活动：泼水狂欢、套大鹅 赶鸭子、捉泥鳅、国粹脸谱画、国粹博饼乐、手工灯笼等~（以酒店当天实际安排为准）
+                <w:br/>
+                <w:br/>
+                温馨提示：自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">清远恒大酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                第二天：早餐—自由浸泡温泉-午餐自理—返程 含：早餐   午餐自理
+                <w:br/>
+                07:00-10:00 自由早餐
+                <w:br/>
+                12:00-13:00 午餐自理
+                <w:br/>
+                住店期间可以凭房卡免费使用我们酒店运动中心一楼有干蒸湿蒸。恒温泳池共八条泳道（需自带泳衣泳裤泳帽套装）开放时间9:00-12:00,14:00-21:30。还可以免费体验运动中心三楼的健身房，不限次数，时间9:00～22：00，地点酒店出门左拐300米。
+                <w:br/>
+                下午约13:00~15：00集合（因交通管制或路况或接送其他酒店的客人或其他原因，回程时间请以工作人员实际通知为准）乘车返程广州，结束愉快行程回到自己温馨的家！结束两天快乐放松的旅程！
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -698,305 +795,110 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：按实际参团人数安排空调旅游巴士，每人1正座
-[...7 lines deleted...]
-                5、购物：1站冯了性国药基地
+                交通：按实际参团人数安排空调旅游巴士一人一正座
+                <w:br/>
+                入住：清远恒大酒店园景房 双/大床，不指定安排
+                <w:br/>
+                用餐：1正餐1早餐
+                <w:br/>
+                导游：含接送工作人员(仅含出发当天及回程当天，敬请注意)
+                <w:br/>
+                保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                1、行程中一切个人消费自理。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
-                <w:br/>
-                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动）
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1243,51 +1145,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1431,79 +1333,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>