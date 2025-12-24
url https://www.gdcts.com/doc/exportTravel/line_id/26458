--- v0 (2025-10-21)
+++ v1 (2025-12-24)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">阿联酋迪拜6天 | 广州南航可全国联  | 纯玩无购物  | 4晚ROVE精品酒店 |  卢浮宫 | 沙漠冲沙 | （CAN-CZ）行程单</w:t>
+        <w:t xml:space="preserve">阿联酋迪拜6天 | 广州南航可全国联  | 纯玩无购物  | 4晚国际四星酒店 |  卢浮宫 | 沙漠冲沙 | （CAN-CZ）行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">UCZ0  4晚ROVE精品酒店</w:t>
+        <w:t xml:space="preserve">UCZ0  4晚国际四星酒店</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20251106UCZ0UW</w:t>
+              <w:t xml:space="preserve">AA20260103UCZ0UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -406,51 +406,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                精选酒店:4晚迪拜房地产巨头Emaar旗下精品酒店ROVE或同级，连住不换酒店
+                精选酒店:4晚迪拜国际四星酒店，连住不换酒店
                 <w:br/>
                  中国南方航空公司，广州直飞迪拜，优质中文机舱服务，可申请全国联运。
                 <w:br/>
                 全程纯玩不购物，更充足的游玩时间
                 <w:br/>
                 精选美食：中式团餐+阿拉伯自助餐+海鲜手抓饭
                 <w:br/>
                 入内阿布扎比卢浮宫—法国卢浮宫第一个分馆，是一座漂浮在海上的博物馆，展示了来自世界各地的艺术品和文化遗产，是文化与艺术的完美结合.
                 <w:br/>
                 特别包含：【沙漠冲沙】迪拜不可错过的体验项目，乘坐陆巡越野车深入沙漠腹地，感受惊险刺激的沙漠魅力，观营地表演，品沙漠烧烤晚餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
@@ -586,173 +586,173 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州  ✈ 迪拜
                 <w:br/>
                 CZ383 CANDXB 1805/2305 ，飞行时间约：8小时45分
                 <w:br/>
                 <w:br/>
                 15:00  （北京时间）广州白云机场集合             
                 <w:br/>
                 18:05  （北京时间）CZ383搭乘南方航空公司班机前往迪拜。【阿拉伯联合酋长国中最闪亮的明星—迪拜，也是阿拉伯联合酋长国人口最多的酋长国，从面积上计算是继阿布扎比之后第二大酋长国，它与其他酋长国的不同之处是在于石油只占GPD6%，更多的是旅游收入。这个沙漠小邦，70年代开运河、80年代做贸易、90年代推观光，千僖年后这里已经是成为新现代奢华主义的象征】。
                 <w:br/>
-                23:05（迪拜时间）抵达迪拜，随后入境（约1.5小时），导游迎宾接机；送至酒店休息以解长途飞机之疲劳。
+                23:05（迪拜时间）抵达迪拜，随后入境（约1.5小时），导游迎宾接机；送至酒店休息以解长途飞机之疲劳
                 <w:br/>
                 交通：飞机/旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：飞机简餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rove at The Park或同级</w:t>
+              <w:t xml:space="preserve">国际四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 迪拜-阿布扎比-迪拜
                 <w:br/>
                 乘车前往阿联酋的首都-阿布扎比（行车时间大约为120分钟），前往世上最奢华的清真寺【谢赫扎耶德清真寺】（约40分钟，如遇朝拜或休息日只可不入内参观）。【谢赫扎耶德清真寺】耗资55亿美金，为纪念阿联酋开国总统而建，是世界上最奢华的清真寺——世界六大清真寺之一。在这里集物质奢华与精神追求为一体，当看到虔诚的信徒跪在地上的那一刻，感觉精神追求才具永恒的价值。深深地诠释了奢华背后的涵义，它给人心灵和思想带来巨大的感动和深沉的启迪!【全世界最大手工地毯】，整个建筑群使用希腊的玉石包裹，白色典雅同时，彰显庄严肃【注：谢赫扎伊德清真寺参观时男士需穿着有领衬衫及长裤，女士不能穿露肩的上衣及短裙（请客人提前准备合格服装，以免到时不能参观 ，此景点为免费开放；如遇朝拜或休息日只可外观，不可入内参观，不退费用；或行程先后顺序调整），但因礼拜日或其他公众原因将不允许对外参观】,【特别说明：为了保护世界级地毯，谢赫扎伊德大清真寺主殿将不再允许入内，敬请谅解！】
                 <w:br/>
                 车览【国会大厦】【文化广场】；途径【酋长皇宫】了解阿联酋发展的历史，前往【Heritage Village民俗村】（约30分钟）在海滨大道上，可远眺对岸的海景与美丽沙滩；在漫长的海岸线-白沙、阳光，使您仿如置身于夏威夷
                 <w:br/>
                 后乘车前往【萨迪亚特岛 Saadiyat Island】，前往阿布扎比举世瞩目的【阿布扎比卢浮宫】（入内参观约1 小时）。卢浮宫博物馆城犹如一个传统的阿拉伯麦地那，您可以在穹顶下的步道上漫步并俯瞰大海。 直径180 米的巨大穹顶由近 8000 个独特的金属星星构成，这些星星组成复杂的几何图形。当阳光透过穹顶射下来时，穹顶下会呈现出富有动感的光之雨，令人联想起阿联酋绿洲上婆娑重叠的棕榈树。在这里光影与文化 艺术珍品的穿梭下，它可以令人们了解到相应的国家、历史和地理环境，但又不只是平庸地诠释了人类文化发展的进程【备注说明：卢浮宫内不允馆外导游讲解，入内后客人自由欣赏参观】
                 <w:br/>
-                后返回迪拜入住酒店休息
+                后入住酒店休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：阿拉伯自助午餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rove at The Park或同级</w:t>
+              <w:t xml:space="preserve">国际四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -790,51 +790,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：冲沙营地晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rove at The Park或同级</w:t>
+              <w:t xml:space="preserve">国际四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -878,51 +878,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：海鲜手抓饭     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rove at The Park或同级</w:t>
+              <w:t xml:space="preserve">国际四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1122,51 +1122,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.广州往返国际机票，团队经济舱含税；
                 <w:br/>
                 2.行程所示酒店，双人标准间。（如需入住单间，则另附单间差费用）
                 <w:br/>
                 3.行程所示餐食，酒店内西式自助早餐，中式午餐或当地餐； (用餐时间在飞机或船上以机船餐为准，不再另补，如因自身原因放弃用餐，则餐费不退)
                 <w:br/>
                 4.行程所列景点游览大门票；
                 <w:br/>
                 5.司机，导游工资；司机饭费、油费、陆桥费、停车费等；
                 <w:br/>
-                空调旅游巴士（包括接送机及游览期间）
+                6.空调旅游巴士（包括接送机及游览期间）；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1184,51 +1184,51 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
                 <w:br/>
                 2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用
                 <w:br/>
                 3.旅游意外伤害保险
                 <w:br/>
                 4.如行李或物品丢失、被盗等意外损失费用
                 <w:br/>
                 5.晚用车，给司机和导游加班费用
                 <w:br/>
                 6.境外司机导游服务费：2000人民币/人请报名时随团款一起支付
                 <w:br/>
                 7.以上报价未提及的项目
                 <w:br/>
-                8.特别要求之单间房差：人民币1200人/全程；11岁以下小童不占床减300人民币，占床与成人同价
+                8.特别要求之单间房差：人民币2000人/全程；11岁以下小童不占床减500人民币，占床与成人同价
                 <w:br/>
                 9.国内联运费用
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1528,51 +1528,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>