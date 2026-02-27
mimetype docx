--- v1 (2025-12-24)
+++ v2 (2026-02-27)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">阿联酋迪拜6天 | 广州南航可全国联  | 纯玩无购物  | 4晚国际四星酒店 |  卢浮宫 | 沙漠冲沙 | （CAN-CZ）行程单</w:t>
+        <w:t xml:space="preserve">阿联酋迪拜6天 | 广州南航可全国联运  | 纯玩无购物  | 4晚国际四星酒店 |  卢浮宫 | 沙漠冲沙 | （CAN-CZ）行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">UCZ0  4晚国际四星酒店</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20260103UCZ0UW</w:t>
+              <w:t xml:space="preserve">AA20260402UCZ0UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -357,99 +357,103 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：CZ383 CANDXB 1805 2305
-[...1 lines deleted...]
-                回程：CZ384 DXBCAN 0115 1245
+                CZ8057 CANDXB 1300/1810
+                <w:br/>
+                CZ8058 DXBCAN 1955/0745+1
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                阿联酋6天4晚  
+                <w:br/>
+                产品经理推荐	
+                <w:br/>
                 精选酒店:4晚迪拜国际四星酒店，连住不换酒店
                 <w:br/>
                  中国南方航空公司，广州直飞迪拜，优质中文机舱服务，可申请全国联运。
                 <w:br/>
                 全程纯玩不购物，更充足的游玩时间
                 <w:br/>
                 精选美食：中式团餐+阿拉伯自助餐+海鲜手抓饭
                 <w:br/>
                 入内阿布扎比卢浮宫—法国卢浮宫第一个分馆，是一座漂浮在海上的博物馆，展示了来自世界各地的艺术品和文化遗产，是文化与艺术的完美结合.
                 <w:br/>
                 特别包含：【沙漠冲沙】迪拜不可错过的体验项目，乘坐陆巡越野车深入沙漠腹地，感受惊险刺激的沙漠魅力，观营地表演，品沙漠烧烤晚餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -579,58 +583,61 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州  ✈ 迪拜
                 <w:br/>
-                CZ383 CANDXB 1805/2305 ，飞行时间约：8小时45分
-[...6 lines deleted...]
-                23:05（迪拜时间）抵达迪拜，随后入境（约1.5小时），导游迎宾接机；送至酒店休息以解长途飞机之疲劳
+                时差：迪拜比中国晚4小时
+                <w:br/>
+                <w:br/>
+                航班信息：CZ8057 CANDXB 1300/1810 ，飞行时间约：9小时10分
+                <w:br/>
+                <w:br/>
+                10:00  （北京时间）广州白云机场集合             
+                <w:br/>
+                13:00  （北京时间）CZ8057搭乘南方航空公司班机前往迪拜。【阿拉伯联合酋长国中最闪亮的明星—迪拜，也是阿拉伯联合酋长国人口最多的酋长国，从面积上计算是继阿布扎比之后第二大酋长国，它与其他酋长国的不同之处是在于石油只占GPD6%，更多的是旅游收入。这个沙漠小邦，70年代开运河、80年代做贸易、90年代推观光，千禧年后这里已经是成为新现代奢华主义的象征】。
+                <w:br/>
+                18:10（迪拜时间）抵达迪拜，随后入境（约1.5小时），导游迎宾接机；送至酒店休息以解长途飞机之疲劳
                 <w:br/>
                 交通：飞机/旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：飞机简餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -748,51 +755,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 迪拜
                 <w:br/>
-                酒店早餐后，返回迪拜，抵达后【特别安排搭乘迪拜空中轻轨电车(单程)】前往世界第八大奇迹-人造棕榈岛，近距离观看全迪拜最宏伟之［Atlantis The Palm］亚特兰蒂斯酒店，带您感受棕榈岛这项突破人类工程史的伟大计划；前往Jumeirah海滨天然浴场远观帆船酒店（约10-15分钟）（此景点属于免费入内的公共海滩，团队参观时不允许私自下海玩水、游泳等，如发生事故，责任自负）
+                酒店早餐后【特别安排搭乘迪拜空中轻轨电车(单程)】前往世界第八大奇迹-人造棕榈岛，近距离观看全迪拜最宏伟之［Atlantis The Palm］亚特兰蒂斯酒店，带您感受棕榈岛这项突破人类工程史的伟大计划（备注：棕榈岛轻轨于2025年12月起开始维修停运，何时通车待定，如遇轻轨停运，则改为乘车前往棕榈岛，车览亚特兰蒂斯酒店，敬请谅解）；前往Jumeirah海滨天然浴场远观帆船酒店（约10-15分钟）（此景点属于免费入内的公共海滩，团队参观时不允许私自下海玩水、游泳等，如发生事故，责任自负）
                 <w:br/>
                 参观【卓美亚运河集市】（入内约40分钟），这里的建筑风格带着典型的中东风情，就像是一座古代的阿拉伯城堡，十分复古风、欣赏着身边阿拉伯城堡的大气庄严，在半沙半水的国家感受别样的“威尼斯风情”，安然享受惬意时光。在这里您可以从另外一面欣赏到帆船酒店的“曼妙身姿”。
                 <w:br/>
                 指定时间集合前往【沙漠冲沙】：进入金色的沙漠，乘坐4WD越野吉普车进行冒险家游戏—冲沙。这里有阿拉伯风情的骆驼农场，在沙丘顶峰停留片刻，欣赏沙漠日落；然后，进入沙漠营帐，骑骆驼，享用丰富阿拉伯晚宴：各种各式烧烤，各种饮料（不含带酒精饮品）等。可以穿着阿拉伯民族服饰拍照，品尝阿拉伯特色的水烟，绘制阿拉伯民族手绘
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：冲沙营地晚餐   </w:t>
@@ -922,51 +929,56 @@
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 迪拜
                 <w:br/>
                 前往阿联酋全世界“最大的购物中心”—迪拜购物中心（Dubai Mall）。
                 <w:br/>
                 迪拜购物中心于2008年11月4日正式开业，面积为1200多  万平方尺，相当50个足球场的面积，成为世界上最大的购物中心。它拥有1200家商店，120家餐厅，虽然叫购物中心，DUBAI MALL却把购物、娱乐、宾馆住宿以及世界级的餐饮等元素结合为一体，创造了前所未有的新的传奇，把不可能变成了可能，充分体现出了迪拜的特色：“在迪拜没有不可能的事，永远只做第一。在商场内拥有一个“世界上最大整体玻璃的水族缸”。穿过商场走到尽头，您发现您站在了“世界最高塔”—哈利法塔（俗称迪拜塔）的脚下（可外观）。
                 <w:br/>
-                  指定时间集合前往迪拜国际机场。
+                指定时间集合前往迪拜国际机场。
+                <w:br/>
+                19:55   （迪拜时间）CZ8058搭乘南方航空公司班机返回广州
+                <w:br/>
+                <w:br/>
+                航班信息：CZ8058 DXBCAN 1955/0745+1，飞行时间：约7小时50分
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：飞机简餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1000,55 +1012,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 迪拜/广州
                 <w:br/>
-                01:15   （迪拜时间）CZ384搭乘南方航空公司班机返回广州
-[...3 lines deleted...]
-                CZ384 DXBCAN 0115/1245
+                07:45   （北京时间）抵达广州，结束全部行程！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1188,50 +1196,243 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
                 <w:br/>
                 2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用
                 <w:br/>
                 3.旅游意外伤害保险
                 <w:br/>
                 4.如行李或物品丢失、被盗等意外损失费用
                 <w:br/>
                 5.晚用车，给司机和导游加班费用
                 <w:br/>
                 6.境外司机导游服务费：2000人民币/人请报名时随团款一起支付
                 <w:br/>
                 7.以上报价未提及的项目
                 <w:br/>
                 8.特别要求之单间房差：人民币2000人/全程；11岁以下小童不占床减500人民币，占床与成人同价
                 <w:br/>
                 9.国内联运费用
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">自费项目</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">详细内容请参考附件阿联酋特色自费项目表</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1528,51 +1729,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1716,50 +1917,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>