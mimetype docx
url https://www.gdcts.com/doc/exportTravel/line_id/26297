--- v0 (2025-10-21)
+++ v1 (2025-12-10)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ZXMB6D5CZ-ZC</w:t>
+              <w:t xml:space="preserve">ZC-MB6D5CZ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -825,51 +825,51 @@
                 1、今日出海，请换轻松休闲服。
                 <w:br/>
                 2、因为海上之水上项目涉及个人身体状况，导游仅介绍，如有需要请自愿自行参加，提前准备防水袋以
                 <w:br/>
                 免手机及电子产品被海水侵蚀！当然防晒霜是必不可少的。
                 <w:br/>
                 海上项目请自理（例如香蕉船、降落伞、摩托艇等），且不在普通意外险范围，需另签保。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：游艇自助餐     晚餐：海天盛筵游船餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：岛上简餐     晚餐：海天盛筵游船餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">芭提雅中天温德姆酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -963,53 +963,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                曼谷 - 广州
-[...1 lines deleted...]
-                乘搭客机返回广州机场后，结束愉快的旅程！
+                曼谷 - 暹罗商圈 - 农夫水果市场 - 广州
+                <w:br/>
+                早餐后前往【暹罗商圈】（Siam）不仅是整个曼谷的中心，甚至是整个泰国的中心，也是世界各地游客到曼谷必须打卡的地标。【网红农夫水果市场】（游览时间大约60分钟）蕴含泰国丰富独特的市场文化，却是值得让人 白天舍弃环境舒适的水果购物中心，也得前来逛逛的好地方。根据航班时间前往曼谷机场乘搭客机返回广州机场后，结束愉快的旅程！
                 <w:br/>
                 交通：参考航班：CZ8024 / 18:05-22:15，飞行时间约3小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1662,51 +1662,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-22</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>