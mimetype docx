--- v0 (2025-11-08)
+++ v1 (2026-02-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">11-12月【CZ纯享新马A】新加坡、马来西亚双飞5天(新入马出)行程单</w:t>
+        <w:t xml:space="preserve">【CZ纯享新马A】新加坡、马来西亚双飞5天(新入马出)-3-4月行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">新加坡+马来西亚5日4晚(纯玩+派领队|南航正点|广州直飞|行程轻松不走回头路)升级2晚吉隆坡国五酒店+100元蒸汽海鲜大餐|鱼尾狮公园+滨海湾花园+圣淘沙+双子塔夜景+黑风洞|彩云天梯+三大清真寺</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">CXXM-A-QY</w:t>
+              <w:t xml:space="preserve">CXXM-A-QY-3-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -359,53 +359,53 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 新进马出参考航班A
                 <w:br/>
-                第一天 CZ353- 广州/新加坡 0820-1235 ; 
-[...1 lines deleted...]
-                第五天 CZ350 吉隆坡/广州 1335-1740
+                第一天 CZ353- 广州/新加坡 0820-1230 ; 
+                <w:br/>
+                第五天 CZ350 吉隆坡/广州 1325-1735；
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 新进马出参考航班B 
                 <w:br/>
                 第一天： CZ353 广州CAN/新加坡SIN 0820-1230 ; 
                 <w:br/>
                 第五天： CZ8012 吉隆坡KUL/广州CAN 1655-2110
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -416,318 +416,658 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【畅游狮城】滨海湾花园、新加坡地标-鱼尾狮公园、圣淘沙名胜世界、杜莎夫人蜡像馆
+                【畅游狮城】滨海湾花园、新加坡地标-鱼尾狮公园、
                 <w:br/>
                 【畅玩大马】吉隆坡标志-双子塔、亚罗街美食中心、黑风洞、云上花园
                 <w:br/>
                 【品质交通】南航正点航班广州往返，新入马出，省下7小时游玩时间充足； 
                 <w:br/>
                 【品质美食】咖喱鱼头特色餐、海南鸡饭、蟹黄鱼翅羹、升级100元餐标海鱼村蒸汽海鲜大餐
                 <w:br/>
                 【高端住宿】升级两晚吉隆坡国际五星度假村酒店，加量不加价
+                <w:br/>
+                【优质服务】专业的中国籍领队、中文导游贴心服务，让您玩舒心、开心、放心；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
-        <w:gridCol w:w="10500" w:type="dxa"/>
+        <w:gridCol w:w="1200" w:type="dxa"/>
+        <w:gridCol w:w="5800" w:type="dxa"/>
+        <w:gridCol w:w="1500" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="lineSchedulings"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10500" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
-            <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:t xml:space="preserve">天数</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5800" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve">行程详情</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1500" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">用餐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">住宿</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
-          <w:tcPr>
-[...1 lines deleted...]
-          </w:tcPr>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天
-[...13 lines deleted...]
-                【打卡星耀樟宜】（自行游览，不含付费区域门票）星耀的核心景点， 目前全世界最高的室内瀑布，滂湃 的 40 米的高空倾泻而下，从建筑的顶端到地底下 2 楼，像锅炉一样的漩涡，时时激起然然云雾，还 不时地变化多端。无论日或夜，都是不可思议的美！（备注：如遇维修不对外开放则取消此项，无费用退还）
+                广州-新加坡-打卡星耀樟宜鱼尾狮-国会大厦-市政厅-高等法院-滨海艺术中心-滨海湾花园-超级树
+                <w:br/>
+                指定时间集合，搭乘航班飞往花园城市——新加坡，展开五彩缤纷的愉快旅途。接机后开始新加坡城市观光
                 <w:br/>
                 【鱼尾狮公园】（约20分钟）：坐落于新加坡河畔，是新加坡的标志和象征；公园周围地带的其他新加坡著名的地标性建筑：【政府大厦】、【高等法院】、【维多利亚剧院】、【国会大厦】、【伊丽莎白公园】、【莱佛士铜像】、【滨海艺术中心】。 
                 <w:br/>
                 【国会大厦】（外观）位于新加坡中心商业地区，与全国最大的金融中心莱佛士坊隔新加坡河相望，是本区文化建筑的地标，也是外国游客必来地之一。
                 <w:br/>
                 【市政厅】（外观）此地见证了许多的新加坡建国重大相关的历史事件。在这里新加坡总理办公室、外交部、最高法院、新加坡法律学会、公共服务委员会、仲裁法庭都在此地。
                 <w:br/>
-                【高等法院】（外观）最高法院与政府大厦相邻，建于1939年，地点为前欧洲大酒店(Grand Hotel de L&amp;#39;Europe)遗址，是新加坡最近期的殖民时期建筑。
+                【高等法院】（外观）最高法院与政府大厦相邻，建于1939年，地点为前欧洲大酒店(Grand Hotel de L'Europe)遗址，是新加坡最近期的殖民时期建筑。
                 <w:br/>
                 【滨海艺术中心】坐落在新加坡市区内的新加坡河入海口，与滨海湾毗邻。滨海艺术中心是新加坡首屈一指的艺术表演场地。造型独特的圆顶为它赢得了“榴莲”的称号。
                 <w:br/>
                 【滨海湾花园】几颗高50余米的人造天空树再滨海湾拔地而起。阿凡达电影场景重现，超级树其实是个大温室，当初设计概念便是以供应生活机能为主要诉求，超级树的树叶会在白天的时候吸收太阳光，转化成电能储存，同时还具有遮荫的效果。等到夜晚来临，树冠便会亮起成为路灯，形成照明设备，主要靠的便是白天所搜集到的太阳能。
                 <w:br/>
-                【超级树灯光秀】（不含超级树门票，如遇政策原因不开，费用不退）阿凡达电影场景重现，超级树其实是个大温室，当初设计概念便是以供应生活机能为主要诉求，超级树的树叶会在白天的时候吸收太阳光，转化成电能储存，同时还具有遮荫的效果。等到夜晚来临，树冠便会亮起成为路灯，形成照明设备，主要靠的便是白天所搜集到的太阳能。
+                【超级树】阿凡达电影场景重现，超级树其实是个大温室，当初设计概念便是以供应生活机能为主要诉求，超级树的树叶会在白天的时候吸收太阳光，转化成电能储存，同时还具有遮荫的效果。等到夜晚来临，树冠便会亮起成为路灯，形成照明设备，主要靠的便是白天所搜集到的太阳能。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、请提前 3 小时到达广州白云机场集中； 
                 <w:br/>
                 2、《入境卡》——请务必在登机前 3 天内申请好电子入境卡 SG Arrival Card（需要提供有效电子邮件，以确保能收到电子通行证） 
                 <w:br/>
                 SG Arrival Card 申请网站（免费）：https://eservices.ica.gov.sg/sgarrivalca
                 <w:br/>
-                第二天
-[...9 lines deleted...]
-                住宿：马六甲网评四钻酒店
+                到达城市：新加坡
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海南鸡饭   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">新加坡网评四钻酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                花芭山-车游小印度-甘榜格南-苏丹回教堂-哈芝巷-南洋药油世家-欢乐岛-杜莎夫人蜡像馆-三宝山-马六甲海峡清真寺
                 <w:br/>
                 享用早餐，然后开始游览： 
                 <w:br/>
                 【花芭山】参观新加坡南部的高山是市中心地带的至高点，登临山顶举目四望，新加坡全景和港口的美丽景观，可以尽入眼底。花芭山顶是公园内的至高处，站在这里能够鸟瞰港口、和其它南部岛屿，还有一座小鱼尾狮可以让您一亲芳泽。
                 <w:br/>
                 【车游小印度】是新加坡印度文化的缩影。这里充满了浓郁的印度风情，香料的气味弥漫在空气中，仿佛在诉说着古老的印度故事。穿梭在狭窄的街道，耳畔传来印度音乐的旋律，仿佛置身于印度的某个古老市集，让人流连忘返。
                 <w:br/>
                 【甘榜格南】位于Bugis地铁站的东北方，与Victoria街、Jln Sultan和Beach路相邻。这里有着美轮美奂的建筑、异国情调的商店和可口精致的美食。如果你在斋月期间到此，会发现周边到处都是小吃摊位和文化表演，尤其晚上的节日氛围更令人沉浸。
                 <w:br/>
                 【苏丹回教堂】外观 Sultan Mosque 属于甘榜格南的标志性建筑，走在路上远远就能看到教堂的金色圆顶，教堂前面的Bussorah St有很多特色小店，土耳其，阿拉伯中东餐厅。
                 <w:br/>
+                【哈芝巷】哈芝巷曾经是战前留下的破旧老巷子，但现在经过现代本土原创元素和活力气息的催化，变成了炫酷无比的涂鸦巷子！
+                <w:br/>
                 【南洋药油世家】狮城人气伴手礼的永泰行百年药油，传承百年历史，探访药油传承，其中消炎治跌打的红花油、专治风湿的千里追风油、针对蚊虫的豆蔻油、万应驱风油、镇痛膏，是送给家中长辈最好的温暖。
                 <w:br/>
-                【圣陶沙名胜世界】全球投资额最高，项目最丰富的巨无霸级家庭旅游目的地，集酒店、娱乐、环球影城、购物、美食于一体的圣淘沙名胜世界，无论是大人还是孩童，都可以在这里找到无与伦比的快乐！它全天候开放，令您无论昼夜都能有所观，有所乐，为我们带来全新体验！
-[...1 lines deleted...]
-                 【新加坡杜莎夫人蜡像馆四合一】（明星蜡像，船体验，新加坡历史体验，感受电影明星拍摄场景体验 )占地2500平方公尺，位于圣淘沙万象馆旁，馆内分成不同区域，展出众多名人蜡像，包括国际领袖、历史人物、电影明星、音乐明星以及体育明星等；
+                【欢乐岛】全球投资额最高，项目最丰富的巨无霸级家庭旅游目的地，集酒店、玩乐、环球影城、购物、美食于一体，无论是大人还是孩童，都可以在这里找到无与伦比的快乐！它全天候开放，令您无论昼夜都能有所观，有所乐，为我们带来全新体验！
+                <w:br/>
+                【新加坡杜莎夫人蜡像馆四合一】（明星蜡像，船体验，新加坡历史体验，感受电影明星拍摄场景体验 )占地2500平方公尺，位于圣淘沙万象馆旁，馆内分成不同区域，展出众多名人蜡像，包括国际领袖、历史人物、电影明星、音乐明星以及体育明星等；
                 <w:br/>
                 下午我们将从新山过关，沿高速公路驱车前往马六甲。抵达后我们将参观
                 <w:br/>
-                【三宝山-三宝庙+三宝井】，又名中国山，郑和下西洋曾访问马六甲王朝，明朝皇帝将女儿汉丽宝公主许配给马六甲苏丹，苏丹便将三宝山赐给公主的五百随从定居。西南山麓有【三宝庙】，庙旁有一口井名【三宝井】，是马来西亚最古老的井，传说喝了此井的水，定会再回祖国故乡。
+                【三宝山】，又名中国山，郑和下西洋曾访问马六甲王朝，明朝皇帝将女儿汉丽宝公主许配给马六甲苏丹，苏丹便将三宝山赐给公主的五百随从定居。西南山麓有【三宝庙】，庙旁有一口井名【三宝井】，是马来西亚最古老的井，传说喝了此井的水，定会再回祖国故乡。
                 <w:br/>
                 【马六甲海峡清真寺】马六甲海峡清真寺位于人工修筑的马六甲岛上。如果水位高，它看起来像一座浮动的建筑。落日余晖下的海峡清真寺很美丽，广播里传出的通经声与海浪声相互交织，夕阳西下映衬着金色的穹顶，坐在海边的堤坝上欣赏这一美景是件很惬意的事。天黑以后，清真寺会亮灯，整个建筑会变成另外一幅颜色，别有韵味。
                 <w:br/>
-                随后前往餐厅，享用晚餐，后送酒店休息。
+                随后前往餐厅， 品尝娘惹餐。享用晚餐，后送酒店休息。
                 <w:br/>
                 温馨提示：凡是⼊境马来西亚都需要填写⼊境卡MDAC，必须在旅游日期的三天内填写，网址：https://imigresen-online.imi.gov.my/mdac/main
                 <w:br/>
                 注意：由于马来西亚到新加坡直通巴数量限制原因，送关时团队可能会和其他团队拼车至关口，敬请理解！
                 <w:br/>
-                第三天
-                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：X     晚餐：蟹黄鱼翅煲   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">马六甲网评四钻酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
                 荷兰红屋-圣保罗教堂-葡萄牙堡古城门-太子城广场-首相署-粉色水上清真寺-云上花园-外观双子星塔-莎罗马人行天桥
                 <w:br/>
-                早餐：酒店自助   
-[...6 lines deleted...]
-                <w:br/>
                 享用早餐，
                 <w:br/>
                 【荷兰红屋】（外观）是东南亚最古老的荷兰建筑物。原为教堂，后改为市政府，现在是马六甲博物馆，藏有马来、葡萄牙、荷兰和英国的历史文物。
                 <w:br/>
                 【圣保罗教堂】位于马六甲河口的升旗山（又名西山，满刺加国王拜里迷苏拉曾将明成祖赠送的金龙文笺在山上勒石树碑，后改名为圣保罗山），教堂以其精美的葡萄牙风格建筑和丰富的历史而闻名。
                 <w:br/>
                 【葡萄牙堡古城门】是葡萄牙人在 1511 年为防止荷兰人入侵时所建的堡垒。经过战争及岁月摧残后，如今只剩下苔痕斑驳的城门。
                 <w:br/>
                 【太子城广场】、远观【首相署】、【粉红水上清真寺】（遇宗教活动只能外观）。位于马来西亚新行政中心布城（Putrajaya），整座寺有四分之三建筑在布拉特湖上，也被人们称为水上清真寺。因其顶部花岗石砌成的粉红色屋顶，视觉效果超棒。该寺在1997年动工兴建，耗资巨大，可容纳15000人聚礼。外观为清一色粉红色，颜色相当柔美，大量使用玫瑰大理石建成。有九个圆顶，高度可达50米。 
                 <w:br/>
                 【云上花园】乘坐世界上最长的缆车，前往海拔 1700 米的Genting Highlands，这里是马来西亚最受欢迎的高原度假胜地，是马来西亚最大的娱乐城、体育设施，保罗万象、应有尽有，令人流连忘返。
                 <w:br/>
                 【莎罗马人行天桥】Saloma Link行人天桥地点位于吉隆坡甘榜峇鲁轻快铁站（Kampung Baru LRT）附近，主要是衔接甘榜峇鲁与吉隆坡国油双塔楼（KLCC）的
                 <w:br/>
                 行人天桥。该人行天桥的屋顶部分，由4100盏LED灯打造而成，晚间会随不同节日变换颜色，尤其是夜间看起来更具吸引力，不妨傍晚到访，等待等入夜后的亮灯，这样就可以体验两种日夜不同感觉。
                 <w:br/>
                 【双子星塔】（外观、夜拍）马来西亚的标志性建筑；这幢外形独特的银色尖塔式建筑，号称世界最高的塔楼，是马来西亚经济蓬勃发展的象徵。
                 <w:br/>
+                温馨提示：马来西亚是亚热带国家，紫外线相对强烈，请做好防晒。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：咖喱鱼头+奶油虾     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">吉隆坡国五酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                首相署-苏丹皇宫-独立广场-黑风洞-彩云天梯-云上花园-DIY巧克力
+                <w:br/>
+                酒店享用早餐，前往参观— 
+                <w:br/>
+                远观【首相署】、【苏丹皇宫】（外观）：这里本是一个中国富商的住宅，1926年出售改建成雪兰萌苏丹的王宫，现在是国王的王宫。马来西亚的国王是由各州世袭苏丹中选出的。皇家的花园会、授职仪式、招待会等都在这里举行。王宫不对外开放，游客只能欣赏它的外观。
+                <w:br/>
+                【独立广场】独立广场坐落于苏丹阿都沙末大厦对面，绿草如茵的广场极具历史价值。为纪念马来西亚脱离英国统治独立而建，每年会在此举办国庆活动。广场对面是城市长廊，门口的“I LOVE KL”是其标志性logo。周边有圣玛丽教堂、历史博物馆、雪兰莪俱乐部等很多混合各国特色的老式建筑。
+                <w:br/>
+                【黑风洞】参观印度教圣地，又名【七彩天梯】，位于吉隆坡北郊 13 公里处的黑风洞景区内，拥有 272 梯级的陡峭阶梯，景区以石灰岩溶洞群分布，享有“马来西亚大自然景观”“石灰岩的梦世界”之美誉。欲登上黑风洞，得先攀登272层阶梯才可抵达。
+                <w:br/>
+                【云上花园】乘坐世界上最长的缆车，前往海拔 1700 米的Genting Highlands，这里是马来西亚最受欢迎的高原度假胜地，是马来西亚最大的娱乐城、体育设施，保罗万象、应有尽有，令人流连忘返。
+                <w:br/>
+                【巧克力DIY】（约30分钟）了解热带植物可可的种植，可可的发现史和提炼过程，学习并动手制作一个巧克力甜品。 
+                <w:br/>
+                晚餐后入住酒店。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：肉骨茶     晚餐：蒸汽海鲜大餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">吉隆坡国五酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                吉隆坡-广州
+                <w:br/>
+                酒店享用早餐，
+                <w:br/>
+                于指定时间集合，前往吉隆坡机场办理登机手续。结束愉快的行程， 返回温暖的家。
+                <w:br/>
                 温馨提示：
                 <w:br/>
-                马来西亚是亚热带国家，紫外线相对强烈，请做好防晒。
-[...65 lines deleted...]
-                <w:br/>
                 1、返程前请仔细检查自己的行李物品， 不要遗漏酒店； 
                 <w:br/>
                 2、以上行程仅作为参考，具体航班和详细安排请以出团最终确定行程为准； 
                 <w:br/>
                 3、如因航班调整或客人原因，减少用餐，餐费不退.以上酒店仅供参考，最终以出团通知书为准。 
                 <w:br/>
+                <w:br/>
                 注:：本司保留对上述行程的最终解释权，请以出发前确认行程为准，本司有权对上述行程次序、景点、 航班及住宿地点作临时修改、变动或更换，不再做预先通知，敬请谅解！
+                <w:br/>
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1429,51 +1769,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-08</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>