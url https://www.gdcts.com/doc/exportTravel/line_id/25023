--- v0 (2025-11-03)
+++ v1 (2026-02-10)
@@ -935,69 +935,67 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
-[...17 lines deleted...]
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                1、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                2、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                3、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                4、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                5、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                6、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                7、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                8、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                9、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1005,52 +1003,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【温馨提醒】
-                <w:br/>
                 1、游客报名时，请提供准确姓名及有效证件号码（包括但不限于：有效期内的身份证/护照/户口本/出生证/回乡证等复印件）；出发当日，请游客携带有效证件原件出发，如因缺失证件造成的损失，由游客承担，敬请留意。
                 <w:br/>
                 2、由于旺季、节假日或周末路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解。
                 <w:br/>
                 3、在行程开始前7日以内客人提出退团的，旅行社按下列标准扣除必要的费用后将余款退还客人：
                 <w:br/>
                 行程开始前6日至4日，按旅游费用总额的20%；
                 <w:br/>
                 行程开始前3日至1日，按旅游费用总额的40%；
                 <w:br/>
                 行程开始当日，按旅游费用总额的60%。
                 <w:br/>
                 如按上述比例扣除的必要的费用低于实际发生的费用，或者客人在行程开始前7日以上，提出解除合同，旅行社应当按实际发生的费用支付，但最高额不应当超过旅游费用总额。
                 <w:br/>
                 4、旅行社会按照本团客人的报名先后顺序统一安排坐车座位。如车上有老弱妇孺需要照顾的，请客人自觉礼让。
                 <w:br/>
                 5、游客报名时，请确保自身身体健康，是否适合参团出游！
                 <w:br/>
                 郑重申明：（1）我社不接受孕妇报名；（2）若参团者有特殊病史（如：间歇性精神病、心脏病和有暴露倾向等精神疾病），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；（3）70岁(含) 以上长者参团需签署《长者出行声明书》以及至少一名18-69岁同行人参团，强烈建议旅游者购买相应的个人意外保险，谢谢配合；（4）因接待服务能力所限，无法接待80周岁以上的旅游者报名出游，敬请谅解！
                 <w:br/>
                 我司不接受未成年人单独报名和签订旅游合同。未成年人参团，必须由其监护人办理报名手续并签订《监护人同意书》（必须手写签名）。监护人一般指其父母，或者下列具有监护能力的人员：① 祖父母、外祖父母；② 兄、姐（年满十八周岁以上）；③ 关系密切的其他亲属、朋友愿意承担监护责任，经未成年人父母的所在单位或者未成年人住所地的居民委员会、村民委员会同意的。
                 <w:br/>
                 报名时，必须出示法定监护人的户口本、身份证原件或复印件，建议未成年人出行购买旅游意外险；
                 <w:br/>
                 失信人又称“失信被执行人”。根据最高人民法院的相关文件，失信人会被限制乘坐火车、飞机、出入境等。请游客报团前一定要自行查询好是否为失信人（全国法院失信被执行人名单信息公布与查询网站如下： http://shixin.court.gov.cn/index.html），旅行社依法无须承担核实游客失信信息的责任。因游客失信执行人身份产生的包括但不限于机票、房费、车费、导服费用等实际损失，由游客自行承担。 
@@ -1148,51 +1144,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-03</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-11</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>