--- v0 (2025-12-10)
+++ v1 (2026-03-10)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班：CZ6049/1315-1450，飞行时间约2.5小时，时差1小时
-[...1 lines deleted...]
-                参考航班：CZ6050/1540-1930，飞行时间约3小时，时差1小时
+                参考航班：CZ6049/1605-1740，飞行时间约2.5小时，时差1小时
+                <w:br/>
+                参考航班：CZ6050/1845-2225，飞行时间约2.5小时，时差1小时
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -565,55 +565,55 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州 - 芽庄 - 芽庄大教堂 - 占婆塔
-[...3 lines deleted...]
-                交通：参考航班：CZ6049/1315-1450，飞行时间约2.5小时，时差1小时
+                广州 - 芽庄
+                <w:br/>
+                请团员准时于广州新白云机场国际出发厅集中，乘搭客机飞往被游客评为越南最有魅力的旅游地之一的海滨渡假城市——【芽庄】（飞行时间约2.5小时）。芽庄之名是源于占婆语的“Yakram”，意思是指“竹林河流”，原是一个渔港小镇，现已发展成为一个度假胜地，此处海产丰富、海岸绵延悠长、水清沙幼、离岛众多、海水非常清澈，很适合钓鱼、浮潜、水肺潜等水上活动。晚餐安排享用越南海鲜火锅餐，餐后送回酒店休息。
+                <w:br/>
+                交通：参考航班：CZ6049/1605-1740，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海鲜火锅餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -643,55 +643,56 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出海三岛游 - 五指岩 - 滴漏咖啡
+                出海三岛游 - 占婆塔 - 五指岩 - 滴漏咖啡
                 <w:br/>
                 酒店内享用早餐后，出海离岛游，木船有客舱，有甲板，中间几排长椅，可坐30人左右，岛与岛之间乘船时间不等。首先前往参观【珊瑚岛】，这里是越南芽庄首选的浮潜和潜水胜地，水中平均能见度15米，最好能达30米，海底千姿百态的珊瑚，色彩斑斓成群追随在潜水者旁边的鱼类，就足够让海底探险者乐此不疲，这里的海水清澈透明，晴朗天气下海水能见度达20米， 船在浅水区域停下来，大家纷纷跳下海里浮潜和游泳，胆小的可以穿上救生衣。接下来船观【燕岛】，岛上有成群结队的燕子居住在岛上，芽庄这个岛上盛产燕窝。客人不能上岛，可以远观拍照留念。中午船靠【竹岛】享用出海海鲜餐，后登岛游览。
                 <w:br/>
-                然后可以自愿自费乘船登【蚕岛】，岛上活动应有尽有，可以欣赏蚕岛五星酒店特有的歌舞表演，尽情享受沙滩太阳浴，还可以于2400平米泳池尽情畅游，在歌声里，在椰风海韵在陪伴下结束海上活动。随后前往参观【五指岩】（参观约50分钟），其是一座小小的岬岛，退潮后可以在留下恐龙足迹的岩石上拍照留念。这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你最好能够来亲自感受一下它的宁静与美丽。来越南，一定要尝一杯正宗的滴漏咖啡，我们特意安排您在路旁的咖啡厅坐下，品尝越南风情的代表：【滴滴壶咖啡】。然后送回酒店休息。
+                然后可以自愿自费乘船登【蚕岛】，岛上活动应有尽有，可以欣赏蚕岛五星酒店特有的歌舞表演，尽情享受沙滩太阳浴，还可以于2400平米泳池尽情畅游，在歌声里，在椰风海韵在陪伴下结束海上活动。随后前往参观芽庄河北岸建于九世纪的占婆遗迹——【占婆塔】（参观约60分钟）。原本应有10个塔，至今仅存4座塔庙；王朝时代遗迹，历史建筑物，值得一看。续前往参观【五指岩】（参观约50分钟），其是一座小小的岬岛，退潮后可以在留下恐龙足迹的岩石上拍照留念。这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你最好能够来亲自感受一下它的宁静与美丽。来越南，一定要尝一杯正宗的滴漏咖啡，我们特意安排您在路旁的咖啡厅坐下，品尝越南风情的代表：【滴滴壶咖啡】。然后送回酒店休息。
+                <w:br/>
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 1、今日出海，请换轻松休闲服。
                 <w:br/>
                 2、因为海上之水上项目涉及个人身体状况，导游仅介绍，如有需要请自愿自行参加，提前准备防水袋以免手机及电子产品被海水侵蚀！当然防晒霜是必不可少的。
                 <w:br/>
                 3、海上项目请自理（例如香蕉船，降落伞等），且不在普通意外险范围，需另签保。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -813,53 +814,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                龙山寺 - 加丽娜文化村 - 牛油果冰淇淋 - 泥浆浴
-[...1 lines deleted...]
-                酒店内享用早餐后，前往参观【龙山寺】（参观约50分钟），其建于1889年，之后曾经整修、重建，才成为今日华丽的样子。一进入正殿就可以看到许多佛像围绕着一个莲花池，墙壁上有许多佛教壁画。寺后的山上有一座白色大佛，目光向下抚视，好像是在守护整个城市，一般从山上往下看。然后前往参观【加丽娜文化村】，文化村距离芽庄市区8-10公里，是临湖而建的休闲娱乐度假村，在这里可以尝到越南著名的“三宝餐”。午餐后特别赠送品尝芽庄网红【牛油果冰淇淋】，丝滑的牛油果配上甜而不腻奶味足的冰淇淋，撒上一些香甜的椰丝，脆口的椰子片入口即化，甜而不腻。后前往【泥浆浴】（停留约90分钟），来了芽庄一定要体验一次独特的泥浆浴。繁忙的旅途中，静下来好好享受一下。泥浆浴又称热矿泥浴，是用泥类物质以其本身固有温度或加热后作为介体敷在人体某些部位上，将热传至肌体，与其中化学成分、微生物等共同作用而达到健身防病的效果。泥浆浴含有大量矿物质元素，可以去死皮、舒解压力等还有很多好处，泡完皮肤都感觉滑滑的。随后送回酒店，可自由享受酒店设施，水上乐园，沙滩任意畅玩。
+                芽庄大教堂 - 龙山寺 - 加丽娜文化村 - 牛油果冰淇淋  - 土特超市 - 泥浆浴
+                <w:br/>
+                酒店内享用早餐后，前往参观【芽庄大教堂】（参观约50分钟），其是一座哥特式教堂，建于1928～1933年，也很有法国味，教堂有钟塔和美如锦花、绘满《圣经》故事的天窗玻璃，石头建造的内部墙壁给人清凉之意。教堂外是繁杂吵嚷的街头，教堂内则静谧平和，俨然另一个世界。教堂每天早晚举行弥撒活动，常能在门外听见诵经声或唱诗班美如天籁的歌声。续前往参观【龙山寺】（参观约50分钟），其建于1889年，之后曾经整修、重建，才成为今日华丽的样子。一进入正殿就可以看到许多佛像围绕着一个莲花池，墙壁上有许多佛教壁画。寺后的山上有一座白色大佛，目光向下抚视，好像是在守护整个城市，一般从山上往下看。然后前往参观【加丽娜文化村】，文化村距离芽庄市区8-10公里，是临湖而建的休闲娱乐度假村，在这里可以尝到越南著名的“三宝餐”。午餐后特别赠送品尝芽庄网红【牛油果冰淇淋】，丝滑的牛油果配上甜而不腻奶味足的冰淇淋，撒上一些香甜的椰丝，脆口的椰子片入口即化，甜而不腻。后途经【土特超市】，可自由参观选购土特产（此超市属于休息店，不属于购物店）。续前往【泥浆浴】（停留约90分钟），来了芽庄一定要体验一次独特的泥浆浴。繁忙的旅途中，静下来好好享受一下。泥浆浴又称热矿泥浴，是用泥类物质以其本身固有温度或加热后作为介体敷在人体某些部位上，将热传至肌体，与其中化学成分、微生物等共同作用而达到健身防病的效果。泥浆浴含有大量矿物质元素，可以去死皮、舒解压力等还有很多好处，泡完皮肤都感觉滑滑的。然后送回酒店，可自由享受酒店设施，水上乐园，沙滩任意畅玩。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：三宝餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -891,57 +892,57 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄 — 广州
                 <w:br/>
-                酒店内享用早餐后，上午自由活动。办理退房手续后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约3小时），结束此次难忘的愉快之旅。
+                酒店内享用早餐后，上午自由活动。办理退房手续后，专车前往机场乘搭客机飞回广州机场之后（飞行时间约2.5小时），结束此次难忘的愉快之旅。
                 <w:br/>
                 〖温馨提示〗
                 <w:br/>
                 返程前请仔细检查自己的行李物品，不要遗漏酒店。
                 <w:br/>
-                交通：参考航班：CZ6050/1540-1930，飞行时间约3小时，时差1小时
+                交通：参考航班：CZ6050/1845-2225，飞行时间约2.5小时，时差1小时
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1007,51 +1008,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、广州-芽庄往返机票及税金；
                 <w:br/>
-                2、全程行程所列星级酒店标准间（3晚靠海边四星酒店参考：丹卓黄金、红宝石、那加、乐莫尔、帝国、海神、绿色世界或不低于同档次酒店+1晚沙滩酒店水上乐园五星酒店参考：芽庄金兰瑟勒顿诺亚度假村或不低于同档次酒店）；
+                2、全程行程所列星级酒店标准间（3晚靠海边四星酒店参考：丹卓黄金、红宝石、奇迹、圣越、帝国、海神、绿色世界或不低于同档次酒店+1晚沙滩酒店水上乐园五星酒店参考：芽庄金兰瑟勒顿诺亚度假村或不低于同档次酒店）；
                 <w:br/>
                 3、行程所列用餐（全程4早4正餐，正餐餐标做￥40元/人/餐）；
                 <w:br/>
                 4、空调旅游车(根据团队人数安排9-45座空调旅游车，保证每人1正座)；
                 <w:br/>
                 5、行程中所列景点首道门票（非注明自费项目）；
                 <w:br/>
                 6、中文导游服务。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1704,51 +1705,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
                 1、12周岁以下小孩不占床不含早餐减￥500元/人，若占床与成人同价；
                 <w:br/>
                 2、12-18岁的未成年人必须占床；
                 <w:br/>
                 3、不含越南落地签+导游服务费￥550元/人（需与团费一起支付）；
                 <w:br/>
-                4、单房差￥900元/人（如遇自然单间需补单间差或加床处理）；。
+                4、单房差￥900元/人（如遇自然单间需补单间差或加床处理）；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1840,51 +1841,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-10</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>