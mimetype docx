--- v0 (2025-11-04)
+++ v1 (2026-03-19)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-202511F</w:t>
+              <w:t xml:space="preserve">DFY-202604F(Y运城下午机）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,57 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【去程】广州 → 运城｜CA4594（07:40-10:20）或CZ3921（08:55-11:35）
-[...1 lines deleted...]
-                【回程】运城 → 广州｜CA4593（11:05-13:35）或CZ3922（12:25-15:00）
+                【航班早知道】全景大环线，不走回头路！
+                <w:br/>
+                【去程】广州 → 运城｜CZ3921/1700-1930或者CA4594 07:55-
+                <w:br/>
+                10:35
+                <w:br/>
+                【回程】运城 → 广州｜CZ3922/2020-2305或者CA4593 11:25-13:55
                 <w:br/>
                 （具体航班时间以实际出票为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -569,242 +573,258 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-运城-乡宁-壶口
-[...3 lines deleted...]
-                根据航班时间乘机前往运城，车赴乡宁（约1.5小时），午餐后参观“河汾第一名胜”【云丘山】（游览约3小时），这里历史文化积淀博大精深，上古时期，是稷王教民稼穑的农耕文化始发地，是上古羲和以云丘山为北顶高榘观天定时，夏历产生的地方。参观【塔尔坡古村】欣赏云丘山婚俗表演，体验打花鼓、观皮影戏、村长家访、听民歌！还可自费参观全国仅有的【万年冰洞群】（门票120+电瓶车10，此费用非必须产生，如需参观敬请自理）夏日结冰，冬日冒热气，更为奇观的是犬牙交错的冰凌柱争奇斗艳，十分壮观，经央视科技频道探索节目播出之后，吸引着无数游客揭开神秘面纱。
+                广州-运城
+                <w:br/>
+                广州白云机场乘机赴运城，随后前往【黄河夜市】（约1.5小时），开启“运城citywalk”，在此自费品尝运城美食，开启烟火人间的味觉狂欢。宿运城。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【云丘山】
+                景点：【黄河夜市】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：不含早餐     午餐：团队餐     晚餐：特色餐养生宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">云丘山：琪尔康度假村、云圣快捷酒店或同级 /壶口：知青文苑  七月轩  学院宾馆或同级</w:t>
+              <w:t xml:space="preserve">早餐：不含餐     午餐：不含餐     晚餐：不含餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">运城：美巢雅韵酒店、美豪怡致或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                云丘山-壶口-延安
-[...1 lines deleted...]
-                早餐后，车赴壶口（约1.5小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（游览约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。车赴延安（约2.5小时），途中路过延安精神的发源地南泥湾短暂停留，于【南泥湾党徽广场】拍照留念（约30分钟），南泥湾精神是延安精神的重要构成‘自己动手、丰衣足食’，激励着我们一代又一代的中华儿女。游览【杨家岭】（游览约1小时），中共中央在这里领导和开展了轰轰烈烈的大生产运动和延安整风运动。游览【枣园】（游览约1小时），毛泽东同志和老一辈无产阶级革命家，在这里领导和指挥了抗日战争和解放战争，培育了永放光芒的“延安精神”。打卡重现北宋延州历史风貌的【金延安】（游览约1小时），以老延安为摹本重现历史场景，穿过曾经激情燃烧的革命岁月，让人仿佛置身于千年前的北宋延州府边塞小城，穿越时空走进当年无数热血青年向往的老延安，领略黄土文化，感受古老延安！特别邀请延安老艺人与您同台互动被称为“天下第一鼓”的【腰鼓表演】，齐唱时代的信仰--陕北红歌唱不衰！
+                运城-华山
+                <w:br/>
+                早餐后，车赴华山（约1.5小时），问鼎“奇险天下第一山”【西岳华山】（游览约5小时），华山是著名的武侠小说作家金庸作品中虚拟的江湖故事，描绘了江湖英雄置身于奇险峻峭的华山，比试武功高下，谈论武学之道，排列武术伯仲，创造了一个神秘、诡奇、险绝的剑侠世界。华山的著名景区景点多达210余处，有凌空架设的长空栈道，三面临空的鹞子翻身，以及在峭壁绝崖上凿出的千尺幢、百尺峡、老君犁沟等，华岳仙掌被列为关中八景之首，宿华山。
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                1、行程不含【华山索道及景区换乘车】因游客体力不同，请根据自身情况，合理选择登山方式：
+                <w:br/>
+                （1）北峰往返索道及进山车（可欣赏智取华山路及金庸先生笔下华山论剑）【旺季】190 元/成人；
+                <w:br/>
+                （2）西峰索道上北峰索道下及进山车（全程不走回头路，自由环线游华山）【旺季】280 元/成人；
+                <w:br/>
+                （3）西峰往返索道及进山车（轻松饱览“太华极顶”，华山美景尽在眼前）【旺季】360 元/成人；
+                <w:br/>
+                2、因职业自身的身体承受能力，导游只带客人乘索道登上华山，简单讲解并交代注意事项后，游客在山上自由活动，导游在山下约定的时间、地点等候集合，不陪爬山！
+                <w:br/>
+                3、因华山上无法安排正餐，请游客提前准备些干粮或小食品，自行安排中餐！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【壶口瀑布】【南泥湾党徽广场】【杨家岭】【枣园】【金延安】
+                景点：【西岳华山】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团队餐     晚餐：不含晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">延安：圣都酒店、欢顺酒店、丽恒酒店 御澜华廷或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含餐     晚餐：特色餐英雄宴   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">华山：雅斯特酒店、麗致酒店、华悦里或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                延安-甘泉-西安
-[...5 lines deleted...]
-                前往【大唐不夜城】（游览约2小时），耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐，期间近距离观摩“石头人”“不倒翁”“飞天”“画中仙”等真人秀！
+                华山-临潼-西安
+                <w:br/>
+                早餐后，车赴临潼（车程约1小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（游览约2.5小时）。景区包含兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。独家赠送：价值188元/人《XR探秘沉睡的帝陵》享穿越时空的历史探秘，亲身体验帝王陵寝的神秘与壮观！车赴西安（约1小时），漫步于【钟鼓楼广场+北院门仿古步行街】（约1.5小时），在具有民族特色的回民小吃街自费品尝美食：【网红蛋菜夹馍】、没有翅膀却能带你味蕾飞翔的【羊肉泡馍】、回坊必打卡的【花奶奶酸梅汤】、念念不忘必有回响的【石家包子】等等！游览【大唐不夜城】（游览约1.5小时），耗资50亿打造的新唐人街，整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐！
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、兵马俑电瓶车不含，单程 5 元/人，乘坐约 5 分钟，如不坐电瓶车需要步行 10 分钟左右；非必须产生项目，请根据自身情况选择。
+                <w:br/>
+                2、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
+                <w:br/>
+                3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【雨岔大峡谷】【大唐不夜城】【钟鼓楼广场+北院门仿古步行街】
+                景点：【秦始皇帝陵博物院】【钟鼓楼广场+北院门仿古步行街】【大唐不夜城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团队餐     晚餐：不含晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐秦宫御宴     晚餐：不含晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：中洲国际、智选假日、兰欧尚品、凯里亚德酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -815,257 +835,238 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-临潼-华山
-[...12 lines deleted...]
-                3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
+                西安-甘泉-延安
+                <w:br/>
+                早餐后，参观电视剧《一生一世》取景地【青龙寺】（约1小时），中国佛教密宗寺院 ，又名石佛寺，寺内广植樱花树，每到春季，天气晴朗，寺内樱花盛开，落英缤纷，芳草萋萋，姹紫嫣红，蔚为美观！每年3-4月期间，樱花盛开，是当地婚纱外景拍摄地之一。车赴甘泉（约4.5小时），走进“黄土高原自然的地缝奇观”【雨岔大峡谷】（游览约4小时），走进峡谷，峡壁呈现凹凸不平，线条流畅，如波浪从您身边划过，宽的地方可几人并排可行，窄的地方只容一人过去，属于陕北独一无二的地质奇观！车赴延安（1.5小时），特别邀请延安老艺人与您同台互动被称为“天下第一鼓”的【腰鼓表演】，齐唱时代的信仰--陕北红歌唱不衰！打卡重现北宋延州历史风貌的【金延安圣地河谷】由万达集团打造的大型红色主题情景式街区，重现北宋延州历史风貌，穿越时空走进当年无数热血青年向往的老延安，领略黄土文化，感受古老延安！
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                每年3-4月期间，为樱花最佳的季节，但观景期需视当地气候及气温而定。本行程的观景描述源自去年同期的景色情况，具体观景的时间会因应现时气候条件的变化而略有不同，敬请谅解!
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【秦始皇帝陵博物院】
+                景点：【青龙寺】【雨岔大峡谷】【金延安圣地河谷】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐秦王宴     晚餐：特色餐英雄宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">华山：花筑迹忆、爱尚居、致尚酒店、华悦里酒店、白玉兰或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐农家宴     晚餐：特色餐陕北风味   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">延安：圣都酒店、金岳酒店、欢顺酒店、御澜华廷或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                华山-运城
-[...13 lines deleted...]
-                2、因职业自身的身体承受能力，导游只带客人乘索道登上华山，简单讲解并交代注意事项后，游客在山上自由活动，导游在山下约定的时间、地点等候集合，不陪爬山。
+                延安-壶口
+                <w:br/>
+                早餐后，游览【杨家岭】（约40分钟），中共中央在这里领导和开展了轰轰烈烈的大生产运动和延安整风运动。游览【枣园】（约40分钟），毛泽东同志和老一辈无产阶级革命家，在这里领导和指挥了抗日战争和解放战争，培育了永放光芒的“延安精神”。车赴壶口（约2小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（约1.5小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【西岳华山】
+                景点：【杨家岭】【枣园】【黄河壶口瀑布】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含午餐     晚餐：不含晚餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">运城：雅朵酒店、美巢雅韵酒店，维也纳酒店、嘉豪酒店、巴厘岛或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐迎亲宴     晚餐：不含晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">壶口：七月轩、学苑宾馆、壶口瀑布大酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                运城-广州
-[...1 lines deleted...]
-                酒店早餐后，游览【运城盐湖】（乘旅游大巴环湖一周，约30分钟），途中路过观景台（短暂停留，拍照留念），这里是世界三大硫酸钠型内陆盐湖之一。由于其盐含量类似中东的“死海”，人在水中可以漂浮不沉，故被誉为“中国死海”。根据航班时间送团乘机返广州，结束愉快旅程！
+                云丘山-运城-广州
+                <w:br/>
+                早餐后，车赴云丘山（约1.5小时），参观“河汾第一名胜”【云丘山】（游览约2小时），这里历史文化积淀博大精深，上古时期，是稷王教民稼穑的农耕文化始发地。参观【塔尔坡古村】欣赏云丘山婚俗表演，体验打花鼓、观皮影戏、村长家访、听民歌！还可自费参观世界三大冰洞奇观【万年冰洞群】（不含门票+电瓶车套票130元/人，非必须，如需参观敬请自理）每逢三伏盛夏，洞外酷暑炎炎，洞内却寒气逼人，滴水成冰，更为奇观的是犬牙交错的冰凌柱争奇斗艳，十分壮观。结束后根据航班时间前往机场。送团乘机返广州，结束愉快旅程！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含午餐     晚餐：不含晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐陕北风味     晚餐：不含晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1116,51 +1117,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、含广州-运城往返机票经济舱。机票一经开出，不得更改、不得签转、不得退票），此线路产品为全款买断机票后销售，客人一经确认出行，临时取消导致机位没有时间进行二次销售或隐瞒是失信人而产生的损失，由客人负全责。国家法院失信人验证网站为：http://shixin.court.gov.cn/。
                 <w:br/>
                 2、门票：所列景点第一道大门票，不含景区交通！
                 <w:br/>
                 3、住宿：全程入住豪华酒店标准双人间。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准；小孩不占床含半价早餐，超高自理！如以上参考酒店不能入住的情况下，调整入住不低于以上酒店档次的酒店；
                 <w:br/>
-                4、餐食：含5早6正，正餐餐标30元/人/正！温馨提示：行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。
+                4、餐食：含5早6正，正餐餐标40元/人/正！温馨提示：行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。
                 <w:br/>
                 5、导服：当地持证优秀中文导游！
                 <w:br/>
                 6、用车：用车将根据团队人数安排9-55座的空调旅游车，保证每人1正座。
                 <w:br/>
                 7、赠送：每人每天一瓶水！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1946,51 +1947,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-20</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>