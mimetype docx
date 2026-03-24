--- v0 (2025-11-04)
+++ v1 (2026-03-24)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">XFX-20250812H7</w:t>
+              <w:t xml:space="preserve">XFX-20260319H7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -342,70 +342,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...18 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">（仅供参考，以实际出票为准，行程游览顺序根据出票航班时间调整为准！）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -428,72 +409,70 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【精华推荐】
                 <w:br/>
                 ※【殷墟博物馆】中国考古学的诞生地，甲骨文发祥地，展出的文物，每件都是国宝级精品。
                 <w:br/>
                 ※【龙门石窟】国家5A中国四大石窟之一、世界文化遗产，中国现存窟龛最多的石窟
                 <w:br/>
                 ※【少林寺】国际首批5A级景区、禅宗祖廷，天下第一名刹、中华第一寺院、中国少林拳发源地。
                 <w:br/>
                 ※【万岁山武侠城】国家4A景区打造中国魅力武侠主题景区，市井街铺林立穿越古今、时光倒流之感
                 <w:br/>
                 ※【万仙山】国家4A级景区、八百里太行最美处、世界第九大奇迹、世界上最危险的十条道路之一
                 <w:br/>
                 ※【郭亮村挂壁公路】世界最危险的村庄、举起手来拍摄地、中央电视台第二届《乡愁》拍摄地
                 <w:br/>
                 ※【老君山】国际家5A伏牛山世界地质公园、老君山集自然景观与道教文化与一身中华大地的瑰宝
                 <w:br/>
                 ※【金 顶】金顶又称五母金殿最佳观景地，山顶金殿的前世今生
                 <w:br/>
                 <w:br/>
                 ★【优选酒店】
                 <w:br/>
-                体验一晚万仙山景区住宿，晚上沉浸在天然氧吧里，归田园居，回到心灵栖居地。
+                全程四钻豪华酒店，体验一晚万仙山景区住宿，晚上沉浸在天然氧吧里，归田园居，回到心灵栖居地。
                 <w:br/>
                 <w:br/>
                 ★【网红打卡】
                 <w:br/>
                 夜晚穿梭打卡网红挂壁公路，早晨观赏美丽日出，别有一番意境。  
                 <w:br/>
-                网红打卡洛阳古都第一门古城下的丽景门，灯照城楼金光灿亮起来！
-                <w:br/>
                 <w:br/>
                 ★【特别安排】
                 <w:br/>
                 匠心安排《老君山航拍》金顶航拍、留下最美好的回忆！
                 <w:br/>
                 匠心安排《大型现场实景》少林寺武术雄风表演（随缘观看）！
                 <w:br/>
                 特别赠送大型宫廷园林实景演出《凤舞神都》复现一代女皇武则天的辉煌岁月！
                 <w:br/>
                 <w:br/>
                 ★【美食品鉴】
                 <w:br/>
-                地道中原味道：登封素斋+洛阳牡丹宴+开封包子宴+万仙山农家菜
+                地道中原味道：登封素斋+洛阳牡丹宴+开封包子宴+太行珍宴
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -610,183 +589,183 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—安阳/邯郸/邢台/郑州（飞行约3-5小时）－万仙山（车程约2.5小时）
-[...3 lines deleted...]
-                后乘车（约120公里，2小时左右）赴国家AAAA级景区-【万仙山景区】（进山车50元/人/自理） 晚上可夜穿郭亮醉美挂壁公路，万仙山挂壁公路夜景灯光辉煌，夜晚穿梭在网红太行公路，别有一番意境。
+                广州—安阳/运城/邢台/郑州/菏泽/洛阳/南阳/临汾（飞行约3-5小时）－万仙山（车程约2.5小时）
+                <w:br/>
+                广州乘机飞安阳/运城/邢台/郑州/菏泽/洛阳/南阳，接机后乘车（约120公里，2小时左右）赴国家AAAA级景区-【万仙山景区】（进山车50元/人/自理） 晚上可夜穿郭亮醉美挂壁公路，万仙山挂壁公路夜景灯光辉煌，夜晚穿梭在网红太行公路，别有一番意境。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
                 景点：殷墟博物馆、万仙山景区
                 <w:br/>
-                自费项：未含：殷墟博物馆耳麦20元/人、万仙山电瓶车50元/人
+                自费项：未含：万仙山电瓶车50元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">安阳/万仙山（景区民宿，条件有限）：贵宾园，清香苑，乐缘或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">安阳/临汾/万仙山（景区民宿，条件有限）：贵宾园，清香苑，乐缘或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 万仙山—洛阳（汽车）
                 <w:br/>
                 早餐后，游览【郭亮村】依山势坐落于千仞壁立的山崖上，地势险绝，景色优美，以奇绝水景和绝壁峡谷的“挂壁公路”闻名于世，是南太行一线上熠熠生辉的风景线。村民在无任何先进机械的状况下，全凭手力，历时五年，硬是在绝壁中一锤一锤开凿出一条高5米，宽4米，全长1300米的石洞—郭亮洞，这条绝壁长廊，被惊称为“世界第九奇迹”。知名导演谢晋来到此地，拍摄了一部以郭亮老乡聪明机智抗日的电影《举起手来》，使得藏在太行深处的郭亮村走向了国人面前，成为了爱好旅游，爱好摄影的必到之地。后游览清幽山乡—【南坪村】（大环线电瓶车60元/人/自理）镇山之石-日月星石，“天有三宝日月星，地有三宝水火风，人有三宝精气神，三宝精华聚南坪”，绝色佳境---【黑龙潭瀑布】瀑布落差64米，瀑布壑口2米多深，上宽下窄，如一束高悬的银丝垂落。     
                 <w:br/>
-                后乘车前往洛阳（约240公里，3.5小时左右），游览【丽景门】，金明洛阳城西门，始建于金兴定元年（1217年），位于河南省洛阳市老城区西关，在隋唐应天门遗址东北。是一座重现古都洛阳风貌的城楼，被评为洛阳市新八景之一。　　
+                后乘车前往洛阳（约240公里，3.5小时左右），游览【牡丹园】（参观约1小时）(如因花期问题或受天气影响，未能欣赏到花景，我社不作赔偿，敬请谅解！）牡丹是我国传统观赏名花，洛阳牡丹栽培始于隋，盛于唐，宋时甲于天下。它雍容华贵、国色天香、富丽堂皇，寓意吉祥富贵、繁荣昌盛，是华夏民族兴旺发达、美好幸福的象征。花朵硕大，品种繁多，花色奇绝，层次分明、花色众多，色彩瑰丽，有红、白、粉、黄、紫、蓝、绿、黑及复色9大色系、10种花型、1000多个品种。每年4月份绽露芳容，游人络绎不绝“花开花落二十日，一城之人皆若狂”。
+                <w:br/>
+                游览【丽景门】，金明洛阳城西门，始建于金兴定元年（1217年），位于河南省洛阳市老城区西关，在隋唐应天门遗址东北。是一座重现古都洛阳风貌的城楼，被评为洛阳市新八景之一。　　
                 <w:br/>
                 特别赠送九洲池大型宫廷园林实景演出《凤舞神都》以星河为幕、宫苑为台，复现一代女皇武则天的辉煌岁月。当历史的烟尘被数字光影拂去，神都洛阳的盛世风华，终在千年后再度倾世绽放。演出共六幕诗章——《神都幻像》《应天长歌》《金甲雄风》《国色天香》《万国来朝》《凤舞神都》，将女皇的传奇与洛阳的辉煌交织。从皇家宫廷的肃穆到市井里坊的喧嚣，从征战突厥的壮阔到花动京城的绝美，金戈铁马踏碎边塞烽烟，牡丹花雨漫卷丝路驼铃，万国衣冠拜冕旒的盛景，皆在虚实之间流转重现。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【万仙山景区】、郭亮村、南坪、丽景门、实景演出《凤舞神都》
+                景点：【万仙山景区】、郭亮村、南坪、牡丹园、丽景门、实景演出《凤舞神都》
                 <w:br/>
                 自费项：未含：南坪村大环线电瓶车60元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">洛阳：伊川永丽汇、宜阳香樟树、嵩县盛世白云或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">洛阳周边：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -834,95 +813,95 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">洛阳：伊川永丽汇、宜阳香樟树、嵩县盛世白云或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">洛阳周边：或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳-龙门石窟—少林寺—郑州（汽车）
+                龙门石窟—少林寺—郑州（汽车）
                 <w:br/>
                 早餐后，乘车前往参观与“莫高窟”“云冈石窟”共称为中国三大石窟之一的【龙门石窟】（往返电瓶车20元/人自理，讲解器20元/人/自理）『参观1.5小时左右』，中国四大石窟之一，历史悠久，开凿经历了多个朝代，断续营造达500余年之久，共有97000余尊佛像。以伊河为界，石窟分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期。龙门石窟是洛阳最经典的景点，其中西山石窟是龙门最精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。
                 <w:br/>
                 后乘车前往登封（约50公里，1.5小时左右），参观【少林寺】（往返电瓶车25元/人自理，讲解器20元/人/自理）（参观约1.5小时）禅宗的发源地、武术的起源—天下第一名刹—参观景区核心少林常住院，欣赏武术馆的武术表演（随缘观看）。参观塔林，是埋葬历代高僧的古墓塔群。
                 <w:br/>
-                后乘车前往郑州/开封，入住休息。
+                后乘车前往开封（约150公里，2.5小时左右），入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：龙门石窟、少林寺
                 <w:br/>
                 自费项：未含：龙门石窟往返电瓶车20元/人+讲解器20元/人、少林寺往返电瓶车25元/人+讲解器20元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
@@ -960,53 +939,53 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开封—安阳（汽车）
                 <w:br/>
-                早餐后，乘车前往开封，参观为纪念我国古代著名清官、政治改革家包拯而恢复重建的【包公祠】（约1小时）包拯，世称包公，是我国北宋时期著名的清官、政治改革家。他一生忧国忧民、刚正不阿、执法如山、清政廉洁，深受百姓爱戴。包公祠三面临水，坐落于风景秀丽的包公湖畔，景色秀美。
-[...1 lines deleted...]
-                参观【万岁山大宋武侠城】（含门票，参观约2小时）城常年致力于打造中国魅力武侠主题景区，园区内市井街铺林立，步入其中令游人有穿越古今、时光倒流之感。其中精心打造的由宋代武侠传奇故事组成的实景剧演艺阵容，以逼真的视觉效果、融入式互动体验以及震撼的演出特技，达到全景式展现大宋武侠豪情及江湖百态，成为国内武侠实景演艺的经典和代表，景区通过旅游产品以及各类文化演艺的系统性组合，全方位为广大来汴游客打造武侠寻梦之旅。
+                早餐后，乘车前往参观为纪念我国古代著名清官、政治改革家包拯而恢复重建的【包公祠】（约1小时）包拯，世称包公，是我国北宋时期著名的清官、政治改革家。他一生忧国忧民、刚正不阿、执法如山、清政廉洁，深受百姓爱戴。包公祠三面临水，坐落于风景秀丽的包公湖畔，景色秀美。
+                <w:br/>
+                参观【万岁山武侠城】（含门票，参观约2小时）城常年致力于打造中国魅力武侠主题景区，园区内市井街铺林立，步入其中令游人有穿越古今、时光倒流之感。其中精心打造的由宋代武侠传奇故事组成的实景剧演艺阵容，以逼真的视觉效果、融入式互动体验以及震撼的演出特技，达到全景式展现大宋武侠豪情及江湖百态，成为国内武侠实景演艺的经典和代表，景区通过旅游产品以及各类文化演艺的系统性组合，全方位为广大来汴游客打造武侠寻梦之旅。
                 <w:br/>
                 后乘车前往安阳（约220公里，3小时左右），安排入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：万岁山大宋武侠城、包公祠
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
@@ -1042,74 +1021,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                安阳/邯郸/邢台/郑州（汽车）—广州（飞行约3小时）
-[...1 lines deleted...]
-                早餐后，根据航班时间前往机场，搭乘飞机返回广州，结束此次愉快的河南之旅！
+                安阳/运城/邢台/郑州/菏泽/洛阳/南阳/临汾（汽车）—广州（飞行约3小时）
+                <w:br/>
+                早餐后，乘车前往参观【殷墟博物馆】（参观约1小时，耳麦20元/人自理）中国考古学的诞生地，甲骨文发祥地，展出的文物，每件都是国宝级精品。殷墟博物馆直接折射出了殷商历史，是商代辉煌历史的缩影。自殷墟发现以来﹐先后出土有字甲骨约15万片。甲骨文中所记载的资料将中国有文字记载的可信历史提前到了商朝，也产生了一门新的学科——甲骨学。
+                <w:br/>
+                后根据航班时间前往机场，搭乘飞机返回广州，结束此次愉快的山西河南陕西之旅！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1801,51 +1782,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>