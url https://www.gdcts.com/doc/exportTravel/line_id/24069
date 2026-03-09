--- v0 (2025-12-23)
+++ v1 (2026-03-09)
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                TR101  广州-新加坡1040-1500
-[...1 lines deleted...]
-                TR100  新加坡-广州0525-0930
+                D1 TR101  广州-新加坡 1040-1500
+                <w:br/>
+                D6 TR100  新加坡-广州 0525-0930
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -571,51 +571,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 - 新加坡
                 <w:br/>
                 请提前3小时自到机场集中办理登机手续，乘搭国际航班飞抵著名的花园城市--【新加坡】。
                 <w:br/>
                 【星耀樟宜】（约30分钟）坐落于樟宜机场的核心位置，由国际知名建筑师萨夫迪（Moshe Safdie）设计建造，由玻璃与钢材构成的独特圆形外观，使其成为樟宜机场区域内最具代表性的地标建筑（备注：如遇飞机停靠在T2、T3、T4航站楼，或景点维护保养不对外开放，则取消此项，无费用退）。
                 <w:br/>
                 后乘车前往著名的【鱼尾狮公园】（约60分钟），鱼尾狮像就坐落于新加坡河畔，是新加坡的标志和象征新加坡的标志性景点之一。代表新加坡形象的鱼尾狮吐出强劲有力的水柱。因为临河临海，微风徐徐，在公园里散步也是非常惬意的。公园周围地带的其它新加坡著名的地标性建筑：【政府大厦】、【高等法院】、【维多利亚剧院】、【国会大厦】、【莱佛士铜像】等等的市区观光（车游），旧国会大厦始建于1827年，是新加坡最古老的政府建筑物，现已改为旧国会大厦艺术之家。同时你也可以看到新加坡政府耗资5亿9600万元建造的【滨海艺术中心】，从外观造型上看，它很像一颗剖开两瓣的榴莲。从2002年10月建成启用至今，这个被俗称为“榴莲剧院”的奇异建筑，被公认为是新加坡的地标，非常有新加坡特色。
                 <w:br/>
                 接着前往亚洲著名的家庭度假目的地【节庆大道】游玩。这里集吃喝玩乐购及住宿于一身，让时尚年轻一族、全家大小、会奖企业等都可于此欢度悠闲假期，放松身心的好去处。
                 <w:br/>
-                <w:br/>
                 〖温馨提示〗 请提前3小时到达广州机场。
                 <w:br/>
                 交通：参考航班：TR101  1040-1500
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海南鸡饭   </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -658,56 +657,55 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 新加坡 - 马六甲
                 <w:br/>
                 早餐后参观新加坡南部的最高山－－【花芭山】（车程约20分钟，游览约30分钟），在山顶上遥望四周，既能看到市内林立的建筑群，晴天的话还能看到印度尼西亚和马来西亚。夜晚，在花葩山上远眺市区的辉煌夜景，耀眼夺目，别有一番情调。这里环境清幽，是旅客及当地人避开城市喧嚣的好去处，如果有车的话，还可欣赏夕阳和晚景，更是罗曼蒂克。
                 <w:br/>
                 后前往绚丽多彩的世界性地标【滨海湾花园户外广场】(约30分钟)。作为新加坡“大自然中的城市”愿景中的重要一环，滨海湾花园既是一座国家花园，也是一个展现园林与花卉之美的顶尖园艺景点。滨海湾花园由三座临海花园构成：滨海南花园（Bay South Garden）、滨海东花园（BayEast Garden）以及滨海中花园（Bay Central Garden）。（该景点对公众免费开放，不含小景点门票。）
                 <w:br/>
                 【李光耀故居】自1940年起，李光耀就居住在这里，后来，李光耀的三个子女也与父母亲一起住在这里。李光耀是新加坡的国父，创建了新加坡共和国，李光耀故居还记录了人民行动党诞生的历史。李光耀故居不但是住宅，还是新加坡执政党——人民行动党的诞生地。李光耀故居不是一座普通的“民居”，具有重要的历史价值，是新加坡的文物，是新加坡的“国宝”。
                 <w:br/>
                 午餐后将暂别美丽的新加坡，经长达10375公尺的新柔长堤来到对岸马来西亚关口城市【新山】（车程约1小时，不含过关时间），乘车前往有着独特的"娘惹文化"的【马六甲】（车程约3小时）。人们把中国明朝或之前的华人移民(原籍多为福建或广东潮汕)与当地马来人(当时尚未信奉回教)通婚所生的子女，男的称为"峇峇"(BABA)，女的称为"娘惹"(NTONYA)，亦称为土生华人或侨生。"娘惹文化"既有马来族文化影响(如膳食、服饰、语言)，也有华人传统(如信仰、名字、种族认同)。2008年7月8日马六甲市及槟城州首府乔治市共同被列入世界文化遗产名录。
                 <w:br/>
-                <w:br/>
-[...4 lines deleted...]
-                2、马来西亚是亚热带国家，紫外线相对强烈，请做好防晒。
+                〖温馨提示〗 
+                <w:br/>
+                1、马来西亚是亚热带国家，紫外线相对强烈，请做好防晒。
+                <w:br/>
+                2、如遇李光耀故居维护保养不对外开放则改为游览哈芝巷，无费用退。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店内     午餐：中华料理/特色椰浆饭     晚餐：中华料理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1155,59 +1153,59 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.航空公司燃油附加税临时升幅。
+                1.飞机餐及航空公司燃油附加税临时升幅。
                 <w:br/>
                 2.酒店单房差、国内到广州机场往返交通。
                 <w:br/>
                 3.一切个人开支及人力不可抗力因素产生的额外费用。
                 <w:br/>
                 4.单人入住房差￥1200。
                 <w:br/>
-                5.马来西亚酒店旅游税金10马币1间/晚。
+                5.马来西亚酒店旅游税金10马币1间/晚；槟城、马六甲文化遗产税3马币1间/晚（如有）；吉隆坡、雪兰莪州酒店永续发展税7马币1间/晚。
                 <w:br/>
                 6.自费项目以及景区内的小景点或交通车等额外费用。
                 <w:br/>
                 7.酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费需要自理。
                 <w:br/>
                 8.行程中包含的餐以外的餐食，需要自理。
                 <w:br/>
                 9.全程司导领服务费380/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -1334,51 +1332,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">马六甲+ 吉隆坡</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 马六甲网红三轮车巡游+河畔壁画+游河体验不一样的历史异国风情
                 <w:br/>
-                吉隆坡双子塔外夜游+亚罗街夜市+升级特色海鲜餐
+                吉隆坡双子塔外夜游+亚罗街夜市+亚罗街夜市特色餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1603,51 +1601,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-23</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>