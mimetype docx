--- v0 (2025-10-26)
+++ v1 (2025-12-25)
@@ -398,126 +398,124 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【优选航空】
                 <w:br/>
                 TK广州往返，土耳其航空，两点进出，不走回头路
                 <w:br/>
                 三程内陆飞机 行程更轻松，享受更充足的时间游玩
                 <w:br/>
-                提前60天报名，可享受+800元/人申请各地往返广州交通
-                <w:br/>
                 <w:br/>
                 【臻选酒店】
                 <w:br/>
                 全程四星+五星酒店 （升级入住童话般的世界-舍夫沙万+两晚当地海滨五星酒店+撒哈拉沙漠泳池酒店-黄色城堡）
                 <w:br/>
                 <w:br/>
                 【出行无忧】
                 <w:br/>
                 品质团，全程无购物，无自费
                 <w:br/>
                 22人以内精品小团
                 <w:br/>
                 全程境外车载WIFI
                 <w:br/>
                 报名即赠旅游五宝（一次性拖鞋+转换插头+充气U型枕+一次性眼罩+耳塞）
                 <w:br/>
                 <w:br/>
                 【饕餮盛宴 与众不同】
                 <w:br/>
                 特别安排四顿中餐—升级每餐10菜1汤，满足您的中国胃
                 <w:br/>
                 摩洛哥国菜塔吉锅—体验摩洛哥热情好客和美食文化的象征
                 <w:br/>
                 摩洛哥风情薄荷茶—专属薄荷茶，不断刷新你的味蕾
                 <w:br/>
                 摩洛哥大西洋海鲜餐—面朝大海，享受大西洋海鲜餐
                 <w:br/>
                 拉巴特哈桑塔景观酥鱼餐—当地人最爱的美食之一
                 <w:br/>
                 阿拉丁后山马角公园景观餐—俯瞰整个最美蓝色小镇
                 <w:br/>
                 百年历史老宅，品突尼斯国菜couscous—柏柏尔人过年过节必备菜肴
                 <w:br/>
                 突尼斯蓝白小镇体验阶梯咖啡下午茶—曾被美国《国家地理》杂志评为世界十大浪漫小镇之一
                 <w:br/>
                 突尼斯当地风味餐一网打尽（罐焖羊肉/烤鸡套餐/烤鱼套餐)
                 <w:br/>
                 <w:br/>
                 【当地独特体验】
                 <w:br/>
                 在梦幻的蓝白小镇-舍夫沙万,体验当地阿拉伯人汉娜手绘 
                 <w:br/>
                 参与当地家访活动，了解当地人的生活
                 <w:br/>
                 在马特马他洞穴，与真正的北非原住民柏柏尔人相遇
                 <w:br/>
                 在自由享受地中海岸的美景同时体验高尔夫球
                 <w:br/>
                 换乘四轮驱动越野车前往《星球大战》的拍摄地
                 <w:br/>
-                搭乘吉普车前往沙漠绿洲《英国病人》的拍摄地
+                搭乘吉普车前往沙漠绿洲《英国病人》的拍摄地
                 <w:br/>
                 <w:br/>
                 【世界文化遗址】
                 <w:br/>
                 菲斯的阿拉伯人聚居区一探访摩洛哥的中古世纪老城区
                 <w:br/>
                 历史名城梅克内斯一北非最气派的皇城
                 <w:br/>
                 沃鲁比利斯考古遗址一罗马帝国最偏远、最遥远的贸易基地，是电影《基督最后的诱惑》的取景地
                 <w:br/>
                 得土安老城一位于直布罗陀海峡南岸，摩洛哥和西班牙南部安达卢西亚(Andalusia)文化交流的桥梁
                 <w:br/>
                 拉巴特一曾经的皇城、现在的首都
                 <w:br/>
                 哈马马特麦地那老城—中东的那些老城都叫麦地那，麦地那是我非常喜欢有着浓浓在地文化，生活气息的地方
                 <w:br/>
                 迦太基遗址一 一睹一代名将汉尼拔的故乡
                 <w:br/>
                 埃尔杰姆斗兽场一世界三大罗马竞技场之一
                 <w:br/>
                 凯鲁万圣城一伊斯兰教第三大圣城，奥克巴清真寺，阿格拉比特蓄水池，西迪•撒哈卜陵墓（胡须陵）
                 <w:br/>
-                马拉喀什—四大皇城之一，著名旅游胜地，位于摩洛哥西南，素有“南
+                马拉喀什—四大皇城之一，著名旅游胜地，位于摩洛哥西南，素有“南方明珠”之称
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -804,51 +802,51 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 哈马马特-凯鲁万（车程2小时）-托泽尔（车程4.5小时）
                 <w:br/>
                 上午：酒店享用早餐后，前往凯鲁万，车程约2小时。
                 <w:br/>
                 伊斯兰教第四大圣城——凯鲁万，【凯鲁万大清真寺】是世界遗址，是伊斯兰教在北非建立的第一座最大的清真寺。大清真寺高耸的尖塔，成为了凯鲁万标志性建筑。
                 <w:br/>
-                参观建于公元后700年的【阿格拉比特蓄水池】是突尼斯古代劳动人民智慧的结晶
+                【参观凯鲁万Bir barrouta】，也是文化遗产的一部分。Bir Barrouta 的历史可以追溯到公元8世纪凯鲁万建城时期。据传，这口井是由城市的创始人 Uqba ibn Nafi（奥克巴·伊本·纳菲） 挖掘的，用来为居民提供水源。传说中，井水与麦加的圣泉 Zamzam（赞姆赞泉） 相通，因此被穆斯林视为具有神圣意义的水源。许多朝圣者来到凯鲁万时都会前来饮用或取一点井水，以求平安与祝福。
                 <w:br/>
                 【西迪•萨哈卜陵墓】西迪·萨哈卜是一个理发师，他是跟随穆罕默德传教的圣人，经常为穆罕默德修剪胡须，并保留了穆罕默德的三根胡须。西迪·萨哈卜去世后，凯鲁万当地人修建了一个陵墓来纪念他，并将穆罕默德的三根胡须随之放入陵墓，因此这个陵墓又叫“胡须陵”。
                 <w:br/>
                 下午：前往托泽尔，是位于撒哈拉沙漠边上的一块沙漠绿洲，它给游客的感觉更加梦幻绮丽，不仅因为这里曾是《星球大战》的取景地，还因能更好地体验沙漠风情，一览“沙漠玫瑰”的真容。
                 <w:br/>
                 今日体验：百年历史老宅，品尝突尼斯国菜。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2615,51 +2613,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>