--- v0 (2025-12-10)
+++ v1 (2026-01-31)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴36天|国航可联运丨16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴丨行程单</w:t>
+        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴·巴拿马36天|国航可联运丨16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -3581,51 +3581,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 护照费、申请签证中准备相关材料所需的制作、手续费，如未成年人所需的公证书、认证费；
                 <w:br/>
                 2. 乌拉圭签证（持有效美国签证可免签乌拉圭（美国签证有效期一年以上）），阿根廷签证费（持有效美国
                 <w:br/>
                 B1/B2 签证可免签阿根廷）、美国签证费、EVUS 美签电子登记费用、南美签证所需公证费；
                 <w:br/>
-                3. 巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：920 元；VFS 服务费：27.8 元，邮寄费 75元，我司服务费：0 元，巴西签证费用合计为：为 1022.8 元。。
+                3. 巴西签证费用。受巴西领馆委托，现通知申请人可自己递送巴西签证，也可委托有资格的旅行社代送巴西签证，如您委托我司代送巴西签证，请另行购买我们的服务，巴西签证费：640 元；VFS 服务费：27.8 元，邮寄费 75元，我司服务费：0 元，巴西签证费用合计 742.8 元。
                 <w:br/>
                 说明：持有效美国签证可免签阿根廷，秘鲁与智利（美国签证有效期半年以上）、乌拉圭（美国签证有效期一年
                 <w:br/>
                 以上）；
                 <w:br/>
                 4. 全程司导服务费 USD429/人，请现付我司领队
                 <w:br/>
                 5. 额外游览用车超时费（导游和司机每天正常工作时间不超过 10 小时，如超时需加收超时费）；
                 <w:br/>
                 6. 行程中所列游览活动之外项目所需的费用；
                 <w:br/>
                 7. 单间差 CNY18895.00/全程(分房以同性别客人住一房为原则，如需住单人间，报名时应提出申请，并补交单
                 <w:br/>
                 间差；如报名时为夫妻、母子/父女（子、女需占床）、兄弟姐妹需住一间房请提前告知，在不影响整团出现单人
                 <w:br/>
                 间的情况下予以安排同住，否则以我社安排分房为准；
                 <w:br/>
                 8. 在机场内转机、候机及在飞机上时间及自由活动期间用餐由客人自理(在美国及南美内陆的航班不提供免费的飞
                 <w:br/>
                 机餐)；
                 <w:br/>
                 9. 出入境行李的海关税、全程行李搬运费、保管费以及行李托运费；
                 <w:br/>
                 10. 客人个人消费及其他私人性开支。例如交通工具上非免费餐饮费、洗衣、理发、电话、饮料、烟酒、付费电
                 <w:br/>
@@ -4731,51 +4731,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-10</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-01</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>