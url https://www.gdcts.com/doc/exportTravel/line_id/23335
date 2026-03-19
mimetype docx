--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴·巴拿马36天|国航可联运丨16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴行程单</w:t>
+        <w:t xml:space="preserve">【中南美十国-复活节岛】巴西· 阿根廷· 乌拉圭· 智利· 秘鲁·哥伦比亚·哥斯达黎加·墨西哥·古巴·巴拿马36天（国航配联运）16大特色餐丨升级特色酒店丨火地岛丨阿根廷游船大冰川丨伊瓜苏瀑布丨马丘比丘丨黄金博物馆丨波阿斯火山丨老爷车游古巴行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -4731,51 +4731,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-01</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>