--- v0 (2025-12-24)
+++ v1 (2026-02-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【9-10-11月平日五星江西】江西高铁5天 | 南昌滕王阁 | 庐山 | 三清山 | 婺源篁岭 | 景德镇 |行程单</w:t>
+        <w:t xml:space="preserve">【3-4月 五星江西】江西高铁5天 | 南昌滕王阁 | 庐山 | 三清山 | 婺源篁岭 | 景德镇 |行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">YT-20250827-C5</w:t>
+              <w:t xml:space="preserve">YT-20260225-C5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -400,57 +400,55 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 全程0购物。无任何消费陷阱、让您的旅途没有圈套，无需设防、不给任何购物压力、游玩起来更加轻松自在！
                 <w:br/>
                 【望仙谷】—— 打卡网红望仙谷，隐于灵山山脉之中，峡谷清幽，溪水欢腾，青崖石阶，卵石飞瀑，黄墙黑瓦，原味村屋。又是一处休闲度假的好去处；
                 <w:br/>
                 【庐山】—— 庐山天下悠，四季美景，还有绝无仅有的世外桃源般的“云中山城”；
                 <w:br/>
-                【庐山植物园】—— 天然大氧吧，赏枫好去处；
-                <w:br/>
                 【牯岭镇】—— 漫步街心公园自由漫步，欣赏云中山城，万国建筑风情。；
                 <w:br/>
                 【三清山】—— "三清天下秀"，世界自然景观遗产，观奇松怪石，赏云海流岚，做一回浪漫的三清山人；
                 <w:br/>
-                【婺源篁岭古村】—— 江南小布拉宫”中国最美符号--篁岭景区，观看篁岭晒秋，观看 “窗衔篁岭千叶匾”美景；
+                【婺源篁岭古村】—— 游梯云人家、梦幻田园，享惬意的江南生活和人文生态，走进梯田油菜花感受人在花海中的神话；
                 <w:br/>
                 【千年瓷都景德镇】——中国的名片，China的缘由，中华民族的匠人精神在这里完美展现；
                 <w:br/>
                 【南昌滕王阁】——江南三大名楼之一，因王勃一首“滕王阁序”为后人熟知，成为永世的经典；
                 <w:br/>
                 【万寿宫历史文化街区】—— 集历史宗教、文化艺术、旅游观光、民俗聚会、休闲购物、餐饮娱乐为一体的南昌特色老街；
                 <w:br/>
                 ★ 打卡江西4大5A级景区；
                 <w:br/>
                 ★ 全新升级特色餐：南昌瓦罐宴、庐山三石宴；
                 <w:br/>
                 ★ 升级2晚入住当地超豪华酒店+1晚望仙谷附近民宿（欣赏绝美4D灯光秀）；
                 <w:br/>
                 ★ 全程纯玩 0 购物·高铁往返；
                 <w:br/>
                 ★ 邀请优秀导游随团讲解，让您览尽经典景点！
                 <w:br/>
                 ★ 满20人以上全程升级2+1豪华旅游大巴车，带给您更舒心的旅途!
                 <w:br/>
                 ★ 特别安排望仙谷航拍，让一次的旅行成为永恒的记忆，云端之上俯瞰，记录着不一样的美！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -605,139 +603,135 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-南昌-原城纪
                 <w:br/>
                 广州乘高铁前往南昌（参考车次: G3074/12:48-17:37或G1402/12:52-17:31或G632/13:05-17:36或其他10：00-20：00之间的车次，具体的以实际出票时间为准）
                 <w:br/>
                 游览：【万寿宫历史文化街区】（游览约1.5小时，赠送景点，不去不退）以"历史街区•城市记忆"为主题，围绕"民族、民俗、民间"的规划主线，通过保留完整的历史街巷肌理，建设传统赣派建筑风格，并配套建设临街商业建筑和会馆建筑。全新改造内容包括重建铁柱万寿宫，并保存街区建筑结构形态与历史价值的基础上，将街区打造成融汇历史宗教、文化艺术、旅游观光、民俗聚会、休闲购物、餐饮娱乐为一体的南昌特色老街。后入住酒店。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据高铁或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。 
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。 
                 <w:br/>
                 3、高铁票均为系统随机出票，故无法指定连座或指定同一车厢，敬请见谅！
                 <w:br/>
                 4、经铁路局规定自8月1日起实行实名制电子票退/改票业务，若产生退/改票，需提供乘车人有效身份证原件方可办理退/改票，烦请乘车人本人前往退/改票点办理（退/改票点为广州南站、东站、火车站，其他售票点无法处理退票），请游客须知；
                 <w:br/>
                 5、全程不可以安排三人间或加床。
                 <w:br/>
-                6、 此线路享受老人门票优惠：60-64周岁门票优惠：60元/人，65周岁以上门票优惠280元/人，凭有效证件，导游现退费用！
-                <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：南昌万寿宫
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南昌恒大酒店或诺富特或建国璞隐酒店融创或丽柏酒店或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">南昌恒大酒店或诺富特或锦江丽笙丽亭酒店或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 南昌-庐山（约120公里，车程约2小时左右）
                 <w:br/>
-                早餐后，乘车前往庐山（不含庐山环保车90元/人）
+                早餐后，乘车前往庐山（不含庐山环保车90元/人，特别备注：3月1-31号庐山执行免门票，已按照免门票政策核算，4月上庐山65周岁以下需补160元/人大门票）。
                 <w:br/>
                 游览：唐代诗人白居易循径赏花处【花径】（游览约30分钟），云雾弥漫、山水环抱的白居易草堂，体味诗人“长恨春归无觅处，不知转入此中来”的心声；碧波荡漾、形如提琴的如琴湖；锦绣谷景区（游1.5小时）：谷中云雾缭绕、四季花开、灿烂如锦、石林挺秀、怪松覆壁，处处弥漫着鸟语花香；充满神秘色彩的天桥；蒋介石与美国特使马歇尔秘密谈判处——谈判台；毛主席诗中的“天生一个仙人洞、无限风光在险峰”，庐山保存最完好历史最悠久的御碑亭。 
                 <w:br/>
-                备注：
-[...3 lines deleted...]
-                9月游览：游览：【庐山植物园】中国著名的亚热带高山植物园，是中国最早的植物园之一，长江中下游地区植物物种迁地保存的重要基地，已收集国内外植物标本10万余种，引种驯化3400多种。称为“活化石”的中国水杉，繁殖万株。特别是秋季，天然大氧吧，赏枫好去处。后前往酒店入住！
+                参观：【美庐别墅】（游览约1小时）：在牯岭东谷的长冲河畔，1922年所建，是一栋精巧的英式别墅，是蒋介石和宋美龄在庐山的旧居。美庐在我国现代史上占有重要的位置，当年周恩来就是在这里同蒋介石进行国共 合作的谈判。20世纪50年代的庐山会议期间，毛泽东也曾住过这里，所以，“美庐”是我国唯一一栋国共两党最高领袖都住过的别墅。
+                <w:br/>
+                打卡：庐山【牯岭街】，名副其实的天街。习风阵阵透着凉意，漫步在牯岭街中，有种特别的愉悦感。中心花园游客在拍照留念，站在街心公园，可以眺望九江古城、长江玉带，为休闲、消遣、娱乐的理想场所，是庐山旅游者的首到之地。感受1.8万人口的云中山城壮观景象，品尝庐山小吃美食糍粑、茶饼、酒糟鱼真是万般惬意，亲眼见证一下万国别墅园是何等的壮观！后入住酒店！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【庐山】
                 <w:br/>
                 自费项：不含庐山环保车90元/人（必须消费）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
@@ -779,137 +773,137 @@
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 庐山-景德镇（约160公里，车程约2小时左右）-婺源篁岭（约120公里，车程约2小时左右））-三清山脚（约140公里，车程约2小时左右）
                 <w:br/>
                 早餐后，乘车前往景德镇（车程约2小时）
                 <w:br/>
                 参观：【瓷海官窑创新园】国家A级景区（游览约1小时），这里可以让大家见证精美的陶瓷是如何从泥土华丽转身变成为传世佳作的过程，感受千年瓷文化传承技艺。后乘车前往婺源（车程约1.5小时）
                 <w:br/>
-                游览：【篁岭古村】（门票+缆车自费套餐费用：130元/人，备注：65周岁以上篁岭缆车可买老人优惠票：60元/人，游约2小时）被誉为中国最美符号，周边梯田覆叠白云环绕。【百花谷】欣赏金针花，三角梅，紫藤，红荞花，蜀葵，凤仙花，牡丹，玫瑰，三色瑾等美景，近距离欣赏花海世界，形成“窗衔篁岭千叶匾，门聚梯田万亩花”的美景。【天街】民居围绕水口呈扇形梯状错落排布，U形村落带您体验南方的“布达拉宫”。徽式商铺林立，前店后坊，一幅流动的缩写版“清明上河图”。家家户户屋顶晒盘云集，绘就出一幅“晒秋人家”风情画。【卧云桥、垒心桥】索桥似玉带将两岸的梯田串接，体验百米高空玻璃栈道！后入住酒店！
+                游览：【篁岭古村】（门票+缆车自费套餐费用：165元/人，备注：65周岁以上篁岭缆车可买老人优惠票：65元/人，游约2小时）被誉为中国最美符号，周边梯田覆叠白云环绕。每年三四月份，千亩油菜花“盛装”绽放，桃花、梨花、杜鹃花争奇斗艳，云间梯田花卉主题变化莫测，轮番演绎梦幻般的大地艺术。（温馨提示：花期预计在3月10号-4月15号，但由于油菜花受当地气候影响较大，可能会因具体天气导致观花不佳，敬请谅解。）【天街】民居围绕水口呈扇形梯状错落排布，U形村落带您体验南方的“布达拉宫”。徽式商铺林立，前店后坊，一幅流动的缩写版“清明上河图”。家家户户屋顶晒盘云集，绘就出一幅“晒秋人家”风情画。【卧云桥、垒心桥】索桥似玉带将两岸的梯田串接，体验百米高空玻璃栈道。“鲜花”是点缀，象征惬意优雅的生活方式，“小镇”是主题，是580年历史积淀的篁岭文化古村，鲜花与古村相伴，鲜花与古建逗趣，二者结合是乡村田园生活的写照，是生态与人文的融合，是梦里老家乡愁的延续。俯看脚下梯田油菜花，感受未有过的油菜花。在观景台上你可以拿出相机拍下美景，走进梯田油菜花感受人在花海中的神话。后入住酒店！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【景德镇、婺源篁岭】
                 <w:br/>
-                自费项：不含婺源篁岭 130元/人（必须消费）
+                自费项：不含婺源篁岭 165元/人（必须消费）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三清山脚金沙湾假日或婺源探花酒店或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">三清山脚金沙湾假日或远洲酒店或石头部落隐舍民宿或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 三清山-望仙谷 （约65公里，车程约为1.5小时左右）
                 <w:br/>
                 早餐后
                 <w:br/>
-                游览：【三清山】（不含三清山往返缆车125元/人），“三清山四季皆胜景，唯有腊冬景更佳”，冬季的三清山，秀美幽静，精致清新，当雪花纷扬落下。这里便是童话般的冰雪世界，雪与松、石、云、泉，巧妙完美的融合，漫山遍野的积雪、雾凇、冰石晶莹剔透，是大自然最洒脱的写意画。游览【南清园景区】：【司春女神】、【巨蟒出山】、【一线天】、【神龙戏松】、【玉台】、【玉女开怀】、【十里杜鹃林】、【三龙出海】、【狸猫待鼠】、【狸猫待鼠】【狸猫待鼠】【葛洪献丹】、【玉兔奔月】等）绝妙景色。游览【西海岸景区】：【神童负松】、【山盟海誓】、【西霞港】、【西海港湾】、【观音送子】、【仙桥墩】、【妈祖导航】、【飞仙谷】、【翡翠谷】、【猴王观宝】，体验“邀松入景、盟石为友”的惬意，观赏西海晚霞的壮丽。后步行或乘缆车下山。后乘车前往望仙谷！
-[...1 lines deleted...]
-                夜游：抖音热门景区—清明上河图【仙境望仙谷】，游【青云桥】我们面前的这座桥叫青云桥，这是一座单拱钢结构大桥，跨度 35 米。大家一定会问，青云桥为什么是红色的？在青云桥这个位置，原来有一座木质的微拱桥，因为年份久远 已经毁坏了。微拱桥因为弧度小，走在上面好像走平地一样，不知 不觉中就来到了桥顶，有点“平步青云”的感觉，取这个好彩头， 就得名青云桥。【寻仙路】过了青云桥，再踏青云梯，从此鸿运当头。我们现在走的这条 栈道叫寻仙路，既有青石板路，也有峡谷栈道，顺应天然的地形， 曲折回转，蜿蜒在九牛峡谷之中。山里的步道从古至今用的都是这 种很粗糙的毛石，具有防滑的作用，这也是我们古代工匠智慧的体 现。栈道沿途鸟声啾啾，水声潺潺，四时之景也各有不同。【廊桥】沿河而建的这座建筑叫廊桥，是典型的江西风雨廊桥的形态， 桥体采用了抬梁式架构，在立柱上架梁，梁上又抬梁，层层叠落一 直到屋脊，各个梁头上再架上檩条同来承托屋椽，结构和工艺十分复杂。后乘车前往民宿入住！
+                游览：【三清山】（不含三清山往返缆车125元/人）（特别备注：3月1-31号三清山执行免门票，已按照免门票政策核算，4月上三清山60周岁以下需补120元/人大门票,60-64周岁补60元/人。），游览【南清园景区】：【司春女神】、【巨蟒出山】、【一线天】、【神龙戏松】、【玉台】、【玉女开怀】、【十里杜鹃林】、【三龙出海】、【狸猫待鼠】、【狸猫待鼠】【狸猫待鼠】【葛洪献丹】、【玉兔奔月】等）绝妙景色。游览【西海岸景区】：【神童负松】、【山盟海誓】、【西霞港】、【西海港湾】、【观音送子】、【仙桥墩】、【妈祖导航】、【飞仙谷】、【翡翠谷】、【猴王观宝】，体验“邀松入景、盟石为友”的惬意，观赏西海晚霞的壮丽。结束后，乘车前往望仙谷。
+                <w:br/>
+                游览：抖音热门景区—清明上河图【仙境望仙谷】，游【青云桥】我们面前的这座桥叫青云桥，这是一座单拱钢结构大桥，跨度 35 米。大家一定会问，青云桥为什么是红色的？在青云桥这个位置，原来有一座木质的微拱桥，因为年份久远 已经毁坏了。微拱桥因为弧度小，走在上面好像走平地一样，不知 不觉中就来到了桥顶，有点“平步青云”的感觉，取这个好彩头， 就得名青云桥。【寻仙路】过了青云桥，再踏青云梯，从此鸿运当头。我们现在走的这条 栈道叫寻仙路，既有青石板路，也有峡谷栈道，顺应天然的地形， 曲折回转，蜿蜒在九牛峡谷之中。山里的步道从古至今用的都是这 种很粗糙的毛石，具有防滑的作用，这也是我们古代工匠智慧的体 现。栈道沿途鸟声啾啾，水声潺潺，四时之景也各有不同。【廊桥】沿河而建的这座建筑叫廊桥，是典型的江西风雨廊桥的形态， 桥体采用了抬梁式架构，在立柱上架梁，梁上又抬梁，层层叠落一 直到屋脊，各个梁头上再架上檩条同来承托屋椽，结构和工艺十分复杂。后乘车前往民宿入住！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【三清山】
                 <w:br/>
                 自费项：不含三清山往返缆车125元/人（必须消费）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
@@ -1127,51 +1121,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、不含庐山景区观光车90元/人、不含篁岭往返缆车130元/人、不含三清山往返缆车125元/人。
+                1、不含庐山景区观光车90元/人、不含篁岭往返缆车165元/人、不含三清山往返缆车125元/人。
                 <w:br/>
                 2、其他未约定由组团社支付的费用（包括单间差、节假日旺季升幅、高铁的餐食、不可抗力因素产生的额外费用等，但不限于非合同约定行程中发生的旅游者私人性开支、小费奖赏等费用。）
                 <w:br/>
                 3、见《广东省国内旅游组团合同》第二条第６点、旅途中火车、轮船上餐费、行程表以外活动项目所需的费用不含。
                 <w:br/>
                 4、团费不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
                 <w:br/>
                 5、小孩不含往返高铁票，产生自理；不含小孩床位；不含小孩景区门票，超高自理。
                 <w:br/>
                 6、散客拼团，广州高铁站集中/散团，不含广州市区到广州高铁站接送。不派全陪。
                 <w:br/>
                 7、庐山和婺源酒店不含一次性洗漱用品，请游客自行携带。
                 <w:br/>
                 8、娱乐项目（景区特殊娱乐项目如：景区游船，漂流，歌舞晚宴， 特色餐，歌舞表演以及个人消费项目等除外）不算自费景点。行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等。
                 <w:br/>
                 9、不含广州市区到广州高铁站接送，高铁站集中，高铁站散团。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1381,51 +1375,51 @@
               </w:rPr>
               <w:t xml:space="preserve">必须消费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 当地自费景区小交通：
                 <w:br/>
                 ◆庐山环保车：90元/人；
                 <w:br/>
                 ◆三清山往返缆车：125元/人；
                 <w:br/>
-                ◆篁岭门票+缆车套票自费：130元/人（65周岁以上60元/人）；
+                ◆篁岭门票+缆车套票自费：165元/人（65周岁以上65元/人）；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">100 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1830,51 +1824,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>