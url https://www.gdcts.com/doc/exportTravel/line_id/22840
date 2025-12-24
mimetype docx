--- v0 (2025-10-28)
+++ v1 (2025-12-24)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【恩平4钻逸豪酒店】江门2天 | ins风彩虹村 | 疍家渔岛 | 全程吃足四餐 | 逸豪酒店豪叹海鲜自助晚餐行程单</w:t>
+        <w:t xml:space="preserve">【恩平4钻逸豪酒店】江门2天 | 打卡天下粮仓丨狂飙取景地三十三墟街丨网红ins风彩虹村行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,116 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...3 lines deleted...]
-                08:50基盛万科肯德基门口（番禺广场地铁站E出口）
+                上车点：（时间仅供参考，实际出发时间以导游通知为准！）
+                <w:br/>
+                08:00越秀区团一大广场地铁A出口
+                <w:br/>
+                08:50番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                具体出发时间、地点以导游通知安排为准
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 保证安排入住恩平逸豪酒店，无边际泳池无限畅游,打卡充满浪漫的玻璃教堂摄影留念；
-[...9 lines deleted...]
-                ★ 20人同时报名可获豪华 KTV 欢唱包房1间（每个排期名额只限一名，先到先得！）
+                行程特色：
+                <w:br/>
+                ★ 住恩平逸豪酒店 打卡充满浪漫的玻璃教堂摄影留念
+                <w:br/>
+                ★ 打卡塘口墟天下粮仓 现全新改造为先锋天下粮仓书店
+                <w:br/>
+                ★ 行摄《狂飙》拍摄地 “三十三墟街”一种古朴沧桑的美感 
+                <w:br/>
+                ★ 漫游轻松出片地 ins风彩虹村七彩墙绘、民国侨乡启明里
+                <w:br/>
+                ★ 全程吃足4餐：开平特色黄鳝饭+豪叹酒店海鲜自助晚尊享《位上“太湖大闸蟹一只”》+次日酒店自助早餐+午餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -569,61 +573,63 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—三十三墟街—启明里—含午餐特色黄鳝饭—彩虹村—恩平逸豪酒店
-[...1 lines deleted...]
-                早上于指定时间/地点集中出发前往 游览有“《狂飙》电视拍摄地”【三十三墟街】，三十三墟街建立于清光绪年间，至今已经有一百多年的历 史。一代硕儒陈白沙先生曾在此写下诗句“十步一茅椽，非村非市塵，行人思店饭，过鸟避墟烟。日漾红云岛，鱼翻黄叶川。 谁为问津者，莫上趁墟船。”，诗中道出了三十三墟街当时的热闹繁华。这里像是上个世纪八、九十年代老西关的街道，但是这里显得更为朴素，脱落的墙面和长着青苔的石阶让这里有一种古朴沧桑的美感。随后游览【启明里】，这里是江门最具代表性的华侨文化展示区，保存完好的民国建筑群让您感受独特的侨乡风情。漫步在青石板铺就的街巷中，两侧是融合了中西建筑风格的百年侨屋，精美的灰雕、彩窗和罗马柱诉说着往昔的繁华。
+                第1天：出发地—三十三墟街—享用午餐—塘口墟天下粮仓—入住酒店—豪砌海鲜自助晚 含：午餐、晚餐  住：恩平逸豪酒店
+                <w:br/>
+                早上于指定时间/地点集中出发前往 游览有“《狂飙》电视拍摄地”【三十三墟街】，三十三墟街建立于清光绪年间，至今已经有一百多年的历 史。一代硕儒陈白沙先生曾在此写下诗句“十步一茅椽，非村非市塵，行人思店饭，过鸟避墟烟。日漾红云岛，鱼翻黄叶川。 谁为问津者，莫上趁墟船。”，诗中道出了三十三墟街当时的热闹繁华。这里像是上个世纪八、九十年代老西关的街道，但是这里显得更为朴素，脱落的墙面和长着青苔的石阶让这里有一种古朴沧桑的美感。
+                <w:br/>
+                随后游览【启明里】，这里是江门最具代表性的华侨文化展示区，保存完好的民国建筑群让您感受独特的侨乡风情。漫步在青石板铺就的街巷中，两侧是融合了中西建筑风格的百年侨屋，精美的灰雕、彩窗和罗马柱诉说着往昔的繁华。
                 <w:br/>
                 午餐享用特色黄鳝饭。
                 <w:br/>
-                前往轻松游览网红打卡地【彩虹村】，这个被誉为"江门小鼓浪屿"的梦幻彩色村落，将艺术与生活完美融合，带给您一场视觉与创意的双重盛宴。漫步在这个被300多幅创意墙绘装点的童话世界，每一处转角都藏着惊喜：主街的彩虹阶梯搭配"我在江门很想你"路牌，是必打卡的ins风地标；后巷隐藏着栩栩如生的3D立体壁画，从巨型龙猫到飞天鲸鱼，让您轻松拍出互动感十足的大片；登上江海云道观景台，七彩屋顶与远山相映成趣，构成绝美的全景画卷。这里不仅是热门网络平台超50万点赞的爆款打卡地，更设有文创艺术工坊。这个由传统村落蜕变而来的艺术天地，正等待着您来发现它的每一处精彩！
+                前往游览网红打卡地【塘口墟天下粮仓】，前身为塘口粮管所粮仓及附属建筑群，由5座建于上世纪70年代的蒙古包式样砖混结构筒仓及粮食加工车间、宿舍楼、办公大楼和旧农机站等组成。粮仓采用穹窿顶建筑法建造，直径6米，单个贮粮量达12万斤，具备防洪、通风及恒温储粮功能。建筑群因造型独特被列为近现代代表性建筑并受文物保护。该建筑群改造为先锋天下粮仓书店，保留原始筒仓结构并通过增设连接体形成新空间。书店包含诗歌、社科、文学等主题仓室，融合图书阅读与艺术展览功能。改造项目入选“粤式新潮流”文旅消费新业态热门场景，并获评“最美公共文化空间”称号。
                 <w:br/>
                 后前往安排入住豪华【恩平逸豪酒店】（注：泳池开放到4月30日-10月30日，11月将不开放，具体开放时间酒店通知为准）。酒店奢华，房间宽敞，大堂富丽堂皇。地处锦江河畔，位置优越，总共有462间客房，是您旅游度假的绝佳选择。恩平最大型的宴会厅，国际会议中心；和包罗万有的休闲娱乐项目，大型购物中心。您也可前往美食步行街、酒店斯顿会所、水疗中心尽享美丽假期。
                 <w:br/>
-                后于酒店享用丰盛的东南亚风情海鲜自助晚餐。
+                后于酒店享用丰盛的《东南亚风情海鲜自助晚餐》（用餐时间约17点30-20点），用餐完毕后自由活动（20人同时报名赠送 KTV房1间，欢乐K歌！酒水自理！）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -653,55 +659,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店—石板沙疍家风情岛-叱石风景区-返程
-[...3 lines deleted...]
-                享用午餐后，行程结束后返回温暖的家。
+                第2天：早餐—圭峰山—享用午餐—彩虹村—回程 含：早餐、午餐
+                <w:br/>
+                睡到自然醒，享受一个不被打扰的早晨，自行前往酒店餐厅享用早餐；
+                <w:br/>
+                游览江门游览前往【4A圭峰山三角枫林】（不含电瓶车，若需要请自理！）：江门市新会区圭峰山“三角枫叶”简介，主要分布于南入口广场至玉台寺后山，至乳泉井一带，面积约300亩，以玉台坑一带生长为最茂密，景观最美。【圭峰山】山势蜿蜒起伏，气势雄伟，森林密布，层林叠翠，潺潺流溪，风景秀丽。古代的名儒高士在这里讲学，高僧在这里开堂说法，佛教道教相竞并存，留下不少名胜古迹。自然景观与人文景观融为一体，使圭峰山成为广东四大名山之一。还可以沿途欣赏【翡翠三角枫林】姿优美，叶形秀丽，叶端三浅裂，宛如鸭蹼，颇耐观赏。春初新叶初放，清秀翠绿；入秋后，叶色转为暗红或老黄，更为悦目。如在夏末秋初，将其老叶摘去，施一次速效氮肥，半月以后，又发出鲜嫩新叶，淡绿 或带红，可增加其观赏效果。 ，枫叶与山中美景交相辉映，走在枫林中彷如进入人间仙境。山腰的【玉台寺】传建于东汉桓帝建和元年（147年），是岭南四大名刹之一，寺中镇山宝塔是广东省重点保护文物。
+                <w:br/>
+                享用午餐，用餐完毕后前往打卡网红地【彩虹村】，这个被誉为"江门小鼓浪屿"的梦幻彩色村落，将艺术与生活完美融合，带给您一场视觉与创意的双重盛宴。漫步在这个被300多幅创意墙绘装点的童话世界，每一处转角都藏着惊喜：主街的彩虹阶梯搭配"我在江门很想你"路牌，是必打卡的ins风地标；后巷隐藏着栩栩如生的3D立体壁画，从巨型龙猫到飞天鲸鱼，让您轻松拍出互动感十足的大片；登上江海云道观景台，七彩屋顶与远山相映成趣，构成绝美的全景画卷。这里不仅是热门网络平台超50万点赞的爆款打卡地，更设有文创艺术工坊。这个由传统村落蜕变而来的艺术天地，正等待着您来发现它的每一处精彩！
+                <w:br/>
+                参观完毕后，结束两天愉快之旅，返回温馨的家。
                 <w:br/>
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -768,111 +778,113 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、用车：按实际参团人数安排空调旅游巴士，每人1正座
-[...9 lines deleted...]
-                6、KTV使用时段二选一（14：00-18：00或20：00-24：00），每个时段最多使用4小时，另外仅提供茶水，酒水消费自理，酒店杜绝外带酒水食物，敬请留意！！
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2.导游：提供专业导游服务
+                <w:br/>
+                3.用餐：全程含3正餐1早；
+                <w:br/>
+                4.门票：景区首道大门票，不含园中园。
+                <w:br/>
+                5.住宿：恩平逸豪酒店 标准大/双床房 随机安排，不指定； 
+                <w:br/>
+                6.保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.行程中一切个人消费自理。
-[...1 lines deleted...]
-                2.强烈建议游客自行购买旅游意外保险。
+                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                <w:br/>
+                2、强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1075,51 +1087,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-29</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>