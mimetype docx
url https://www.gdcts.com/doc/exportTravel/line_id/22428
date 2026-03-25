--- v0 (2025-10-29)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【增城二龙山醉美花海】增城纯玩1天丨打卡小楼人家·东西境老街丨赏五月雪（油桐花）—浪漫的雪丨畅游梯田花海丨漫步各色花海行程单</w:t>
+        <w:t xml:space="preserve">【增城纯玩1天】增城二龙山恐龙谷丨赏五月雪“油桐花”丨畅游梯田花海·漫步各色花海行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20240328SP24060639</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10318325</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,113 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...6 lines deleted...]
-                跟团游下车点：纪念堂市区指定范围内15人或以上定点接送（下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）具体出发时间、地点以导游通知安排为准请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                出发上车点：
+                <w:br/>
+                09：00纪念堂地铁站C出口
+                <w:br/>
+                09:30白云公园（白云公园地铁C/D出口）
+                <w:br/>
+                跟团游下车点：纪念堂
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、赏五月雪（油桐花）——浪漫的雪，遇见最美的你
-[...7 lines deleted...]
-                5、丛林徒步栈道、小白龙瀑布
+                赏五月雪（油桐花）——浪漫的雪，遇见最美的你
+                <w:br/>
+                畅游梯田花海，漫步各色花海
+                <w:br/>
+                畅玩恐龙谷、无动力（飞天城堡、坑爹过山车、坑爹溜索、龙绳秋千、仓鼠滚筒、六人跷跷板、二人跷跷板、儿童蹦床、亲子溜索、波波池乐园、多人秋千、旋转飞椅。）
+                <w:br/>
+                打卡龙溪谷（绿野仙踪、溯溪）、森林浴栈道、小白龙瀑布、状元桥、元宝石、大草坪
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -566,63 +573,72 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—二龙山—午餐自理—冯了性国药基地—返程
-[...11 lines deleted...]
-                温馨提示：以上游览时间仅供参考，具体以当天实际游览为准！！此赏花线路，旅行社根据往年景区最佳花期预先开发出团班期，但赏花效果，容易受到温度、空气、水份等不可控因素影响对欣赏效果出现偏差。当此情况发生时旅行社不作任何赔偿。敬请谅解。
+                出发—二龙山—午餐自理—自由活动—返程
+                <w:br/>
+                早上导游于广州指定地点接团，乘坐空调旅游车前往增城【二龙山国际生态旅游度假区】（约1.5小时）二龙山万亩森林梯田花园旅游区位于北回归线最美丽的热带雨林，旅游区面积7000多亩，是一个以百年古树、千亩古梯田、十里古水蓊树、十里兰溪、200米落差瀑布、十里栈道、山涧瀑布水上乐园胜景，具有优美自然景色和二龙山神话传说，中国美景与欧美小镇风情相结合的现代健康休闲度假胜地。薰衣草森林世界位于二龙山山脉，占地面积约3000亩，包括古梯田花海、珍稀桫椤园（国家一级保护的濒危植物）、花海餐厅、山顶爱情花园、婚纱摄影基地、特色城堡、风情休闲吧、古蓊树溪流、瀑布、森林等等。
+                <w:br/>
+                约12：00午餐自理（景区提供很多小吃，也有餐厅，费用自理）,后自由活动。
+                <w:br/>
+                油桐花“不用去台湾就能看到五月雪。”
+                <w:br/>
+                说起五月雪，我们大陆人可能都不知道。原来这个美誉源自于台湾地区。每年春末夏初之际，台湾的客家山区都会覆盖上一层白色的油桐花，好像冬雪占满山头，吸引着许多游客的目光，因此台湾人民赋予油桐花这个浪漫而美丽的名称－五月雪。
+                <w:br/>
+                “春末夏初，油桐花开。五月花落，纷飞似雪。”
+                <w:br/>
+                广州二龙山又将迎来一年一度的五月雪美景！什么？五月都下雪？原来五月雪，即油桐花。二龙山每年4月初，数不完的油桐树上将长出嫩叶，接着满树白花簇簇，初夏白花如雪下，因此得来“五月雪”的美誉。（油桐花会在4-5月份盛放开花，因天气原因而变，具体视景区观赏为准，敬请留意，旅行社不作赔偿）
+                <w:br/>
+                随后结束愉快行程，返回温馨的家。
+                <w:br/>
+                <w:br/>
+                温馨提示：以上游览时间仅供参考，具体以当天实际游览为准！！
+                <w:br/>
+                此赏花线路，旅行社根据往年景区最佳花期预先开发出团班期，但赏花效果，容易受到温度、空气、水份等不可控因素影响对欣赏效果出现偏差。当此情况发生时旅行社不作任何赔偿。敬请谅解。
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -686,305 +702,121 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
+                价格
+                <w:br/>
+                65周岁以上长者：59元/人（含车位）
+                <w:br/>
+                65岁以下大小同价：79元/人（含车位、门票）
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
                 2.用餐：全程不含餐；
                 <w:br/>
-                3.景点：含景点第一大门票（园中园景点自理）；
-[...3 lines deleted...]
-                5、购物：1站冯了性国药基地。
+                3.景点：含景点第一大门票（园中园景点自理）
+                <w:br/>
+                4.导游：提供专业导游服务
+                <w:br/>
+                5、购物：0
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
                 <w:br/>
-                 2、强烈建议游客自行购买旅游意外保险。
+                2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1011,74 +843,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团40 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足40 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1119,51 +1018,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-29</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1307,79 +1206,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>