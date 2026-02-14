--- v0 (2025-12-16)
+++ v1 (2026-02-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【享玩潮汕】潮汕高铁3天纯净游丨潮汕华侨历史博物馆丨潮州古城牌坊街丨陈慈簧故居丨叹澄海日日香全鹅宴丨牛肉火锅宴行程单</w:t>
+        <w:t xml:space="preserve">【享玩潮汕】潮汕高铁3天纯净游行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20240130SP30533574</w:t>
+              <w:t xml:space="preserve">TX-20260104SP30533574</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,110 +343,116 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                高铁票不再指定广州南站或广州东站，具体以我社安排为准，优先安排广州南站，没票安排广州东站，敬请谅解！
-[...1 lines deleted...]
-                平日多地可高铁轻轨接驳：深圳北-130、广州北+52、佛山西+40、江门+122
+                参考车次：（具体以出票为准，有特殊要求请现询备注）
+                <w:br/>
+                去程：广州南-潮汕G6301(08:14发车，10：45抵达）  返程：潮汕-广州南G6315（18:23发车，20:53抵达）
+                <w:br/>
+                平日多地可高铁轻轨接驳往返：深圳北-130，佛山西+40，广州北+52，江门+122，自理往返程高铁退420/人
+                <w:br/>
+                高铁票不再指定广州南站或广州东站，具体以我社安排为准
+                <w:br/>
+                优先安排广州南站，没票自动默认安排广州东站，敬请谅解！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                潮汕五大网红打卡地 ：
-[...9 lines deleted...]
-                ❤  【南澳岛青澳湾】：广东唯一海岛县，岛上最美海岛沙滩——被海内外游客誉为“东方夏威夷”青澳湾
+                一、观国家级非物质文化遗产中华战舞——英歌舞表演；
+                <w:br/>
+                二、八大渔民体验——趣抓蟹笼、收割蚝田、免费加工、渔排垂钓、逗趣河豚、海上渔村尝鲜生蚝、任吃到饱，游彩虹海、万亩蚝田；
+                <w:br/>
+                三、特别安排船游南澳海湾双明珠——虎屿和猎屿双岛；
+                <w:br/>
+                四、尝龙虾鲍鱼海鲜盛宴、正宗潮汕牛肉火锅“潮州市特色美食示范店”——老迹牛肉；
+                <w:br/>
+                五、叹南澳地标网红百米高空观景下午茶，360度俯瞰东方夏威夷海景风光；
+                <w:br/>
+                六、打卡1海岛——南澳岛，2大老街——汕头小公园民国老街、潮州牌坊街。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -563,53 +569,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州南/广州东（高铁/动车）—汕头小公园——汕头镇邦美食街---酒店
-[...1 lines deleted...]
-                早上客人自行集合广州南/广州东站，乘早上高铁/动车前往潮汕站（高铁参考时间： 08:00—11：30之间，广州南站或广州东站以出票为准，无法指定）
+                广第一天：广州南/广州东（高铁/动车）—汕头小公园——汕头镇邦美食街---酒店
+                <w:br/>
+                早上客人自行集合广州南/广州东站，乘早上高铁/动车前往潮汕站（高铁参考时间： 08:00—11：30之间，广州南站或广州东站以地接社出票为准，无法指定）
                 <w:br/>
                 导游接站后，早抵达先送往酒店放下行李，晚到的直接前往【小公园】（车程约40分钟）
                 <w:br/>
                 下午【汕头小公园民国老街】（自由参观，游览时间约 60 分钟）是汕头老市区旧城的胜迹，是汕头历史商业区繁华的见证，也是海内外潮汕胶几人(自己人)和友人思乡流连怀旧的好去处。1934 年 4 月续建一座八角楼，红柱绿瓦 ，亭四周筑石椅，名为"中山纪念亭"，俗称【小公园】。文化大革命中的 1969 年 ，亭遭拆毁。1985 年园林部门在原址重建假山、喷水池，植种椰子树、鱼尾葵等乔木和灌木 ，作为街心绿岛。1997 年升平区鮀岛建筑公司重建"中山纪念亭" ，后 2016 年末再次重建。小公园雅观倍增，独具一格。
                 <w:br/>
                 【百货大楼】曾经粤东最大的商业场所-----汕头南生贸易公司，装有汕头市历史上第一部电梯，是老汕头的标志性建筑及小公园的象征之一。南生贸易公司是汕头埠发展的一块里程碑，是汕头市民熟悉的一座地标性老建筑，标志着百载商埠的辉煌。经历了百年 的沧桑 ，仍屹立在汕头老市区 ，成为汕头历史人文的一处重要载体 ，让市民们见证了汕头商业发展的一个重要时刻。
                 <w:br/>
                 【汕头邮政总局大楼（1 楼）】（自由参观 ，游览时间约 30 分钟）。邮局于 1922 年竣工 ，是广东保存最完整的两座采用欧陆式
                 <w:br/>
                 建筑风格的邮政建筑实体之一。
                 <w:br/>
                 【老妈宫】始建于清嘉庆年间，史称“妈宫前”，为民俗节庆时搭建戏台举行以纸影戏为主的演出活动场所。老妈宫对面的老妈宫戏台，有两层建筑，第一层是戏台，第二层集中展示了潮汕的传统技艺，潮绣，木雕，剪纸，壁画等等，老妈宫戏台旁边有著名的
                 <w:br/>
                 老妈宫粽球。
                 <w:br/>
                 【汕头镇邦美食街】镇邦美食街主打本土地道潮菜美食，汇聚了潮汕独有的卤鹅、牛肉丸、砂锅粥、蚝烙、打冷、薄壳、潮汕肠粉、鱼丸、双烹粽、落汤钱等本地人都耳熟能详的潮汕美食。镇邦美食街拥有20多家餐饮店，全部为潮州菜餐厅，其中有10多家拥有“老字号”品牌，还拥有10多项餐饮食品类的非物质文化遗产，从小吃到大的元老级冰店南海冰室，潮汕地区正宗的鹅肉店苏南勤记卤鹅，香喷喷的老羊仔猪脚饭都值得去打卡。
                 <w:br/>
                 客人自由活动自理晚餐 ，推荐品尝【汕头小公园】特色美食：
                 <w:br/>
                 爱西干面(小公园总店)(闻名汕头的一款潮味小吃)  地址：广东省汕头市金平区国平路1号
                 <w:br/>
                 飘香小食店(美食家蔡澜推荐 ，驰名“老字号”）  地址：中山路 29 号中山公园d1号
                 <w:br/>
                 随后送往酒店休息，晚上自由活动。
                 <w:br/>
@@ -627,210 +633,235 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">汕头环洋东方酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                潮博馆—龙眼美食街—南澳岛—青澳湾—网红下午茶——渔民体验—酒店
+                第二天：潮博馆—龙眼美食街—南澳岛—青澳湾—网红下午茶——渔民体验—酒店
                 <w:br/>
                 早餐后8:30前往参观中国离海最近的潮汕历史文化博览中心（周一闭馆，参观时长约 90 分钟）。一共汇聚 4 个潮人文化展馆：【潮汕非物质文化遗产展示馆】、【潮汕华侨历史博物馆】、【汕头市城市规划展览馆】和【汕头美术馆】（游览时间约 90 分钟）等。
                 <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                <w:br/>
                  博览中心以“潮都重器”为名 ，地上 5 层 ，地下 1 层 ，建筑高度 46.2 米。设计元素汇聚潮汕文化精髓 ，建筑风格取材自极具潮汕  韵味的山海特色、红头船、潮汕民居， 形成“风起沙汕、潮送玉舟”，“花开四海、叶落归根”，“玉堂金殿、南滨新厝”，“鲲鹏展翅、遨游万里” 四组具潮汕文化内涵的设计意象 ，为潮人之都增添文化重器。
                 <w:br/>
                 【潮汕非物质文化遗产展示馆】汇聚了潮汕地区大量的精美艺术品 ，用多种形式展示潮汕三市已申报核准的国家级、省级、市级非遗 项目。从集聚地方传统建筑技艺的潮汕老厝里 ，有嵌瓷、木雕、石雕、彩画等技艺 ，接近 1:1 比例仿制潮州从熙公祠门楼 ，潮州 木雕、陶瓷微书、抽纱、潮绣、金漆木雕神龛、印章镌刻技艺、珠绣等实物展品。非遗馆第二展厅使用各种大型现代装置来展示 潮汕非遗项目 ，可近距离观看非遗项目潮剧的各种服饰、袍服的潮绣、冠帽的制作，还在潮剧戏服试穿戴系统前，挑选自己喜欢的角色 ，穿上冠帽袍服 ，打卡发上朋友圈。
                 <w:br/>
-                【潮汕华侨博物馆】通过一幅幅珍贵的照片、一件件历史实物 ，诉说着当年潮汕华侨背井离乡、远渡重洋漂洋过海打工的艰辛， 以及剖析为何后来遍布全世界各地富豪 ，潮人经商的文化基因！
+                【潮汕华侨博物馆】通过一幅幅珍贵的照片、一件件历史实物 ，诉说着当年潮汕华侨背井离乡、
+                <w:br/>
+                远渡重洋漂洋过海打工的艰辛， 以及剖析为何后来遍布全世界各地富豪 ，潮人经商的文化基因！
                 <w:br/>
                 10:30 前往【龙眼路美食街】，位于金平区龙眼南路，以价格亲民、宵夜种类丰富而著称，是汕头人最爱去的美食街之一，也是汕头著名的夜市小吃街。每当夜幕降临，龙眼南路便热闹非凡，美食多到你数不过来，这里汇聚了粿、甜点、肠粉、油饺、白粥、炒糕粿、蚝烙、砂锅粥、生腌、糯米糍、梅州腌面、潮汕汤粉等特色美食小吃，聚集了很多潮汕老牌美食店，还有小吴肠粉、阿象肠粉、桂园白粥、桥下猪肚、罗家豆浆、屋里甜汤、阿海酒料等网红小吃店。
                 <w:br/>
                 客人自由活动 ，推荐自理品尝龙眼路特色美食小吃：
                 <w:br/>
+                瑞娇嫲嫲潮汕生腌（龙眼店） （网红店）	地址：龙眼园北区8栋104号
+                <w:br/>
+                桥下鸡翅   （地道潮汕风味）	地址：龙眼西七巷6号
+                <w:br/>
+                鮀茶堂 （汕头自己的茶饮品牌，拍照绝了）	地址：龙眼路84号02铺面
+                <w:br/>
+                普宁反沙番薯芋头（经典特色小吃）	地址：龙眼竹园23栋110-111号
+                <w:br/>
+                老山合（龙眼南店）（潮汕特色猪头粽，老字号）	地址：龙眼南路椰园2栋101号
+                <w:br/>
+                阿群甘草水果（水果种类多，好吃不贵）	地址：龙眼南路63号龙眼园南区
+                <w:br/>
+                杨记杏仁茶（杏仁茶和芝麻糊值得一试）	地址：龙眼路62号
+                <w:br/>
+                小吴肠粉（网红店，皮薄料多）	地址：龙眼南路椰园4幢101号
+                <w:br/>
                 12:30 车赴广东最美的海岛——南澳岛。车辆行驶在汕头东海岸大道上 ，眺望东海岸大道毗邻的西太平洋一望无际的海域，这是央视直播的中国热点景观大道！
                 <w:br/>
                 打卡网红灯塔——【启航广场灯塔】（约 30 分钟），渡口新建成的这座灯塔，塔身红艳醒目，背景就是让天堑变通途的南澳大桥 ，已成为抵岛打卡第一点。南澳大桥线路全长 11.08 千米 ，桥梁部分全长 9.342 千米 ，主塔总高度 69.415 米 ，全桥共 48 根 斜拉索 ，南澳大桥建成后 ，作为广东省唯一海岛县的南澳与陆路交通网相连 ，彻底摆脱陆岛交通完全依靠轮渡的历史。
                 <w:br/>
                 14:00 车游新南澳外滩—【前江湾海滨路】，堪称“维多利亚港”之美。
                 <w:br/>
                 14:30 前往南澳独家【高空玻璃栈桥餐厅】，在这里享用下午茶，不仅超级出片，还能360度俯瞰东方夏威夷风光。
                 <w:br/>
                 15:00 游粤东明珠南澳岛的青澳湾；有“东方夏威夷”美誉的【青澳湾海滨浴场】（游览时间约30分钟）较之“夏威夷”有过之而无不及，游览【北回归线标志塔--自然之门】（约30分钟）“ 自然之门”位于南澳岛东端的青澳湾。北回归线广场占地33亩，由汕头市中环投资有限公司捐建，北回归线标志塔总设计师郑少文没计融合了天文现象和常识。叫做自然之门。建在北 纬 ：23·26’ 38.45”，东经117·07’ 50.89”。对标志塔主体石柱干挂零件采用抗腐蚀的不绣钢，整个球体像载人航天飞机返回舱 ，球体内各个支撑点均匀的撑开，保证了球体的均匀和稳固。并可承受12级台风，远观我国沿海地区最大的风能发电场 ——风车山。
                 <w:br/>
                 16:00 前往体验当渔民的乐趣，远眺白鹭天堂、出海观光彩虹海、穿越万亩蚝田、蚝田收割、撬蚝体验、趣抓蟹笼、免费加工、渔排垂钓、逗趣河豚、尝鲜生蚝，任吃到饱，船游彩虹海、万亩蚝田、船游南澳双明珠——鹿屿和猎屿双岛。晚餐于渔排上品尝【龙虾鲍鱼海鲜宴】。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：龙虾鲍鱼海鲜宴   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">南澳海泉湾酒店（公寓楼公寓海景房）或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                陈慈黉故居—潮州古城—广济桥—牌坊街—潮汕（高铁/动车）--广州南/广州东
-[...1 lines deleted...]
-                早餐后8:00 乘车前往澄海参观有“潮汕小故居”之称的【陈慈黉故居】（游览时间约 60 分钟） 陈慈黉故居又名陈赏利家族豪宅 ，是中国 罕见的华侨建筑 ，被誉为“岭南第一侨居” 。故居建于清代 ，历时近半个世纪。它共有 506 个大厅 ，包括郎中第、寿康里。善居 室是最具代表性的宅基地之一。它是所有宅基地中最大、最精致、最完整的宅基地。陈慈黉故居始建于 1910 年， 占地 2.54 万平方米 ，共有 504 间客房。走进它就像进入一个巨大的迷宫。如何形容这座巨大的房子的雄伟：
+                第三天：陈慈黉故居—潮州古城—广济桥—牌坊街—潮汕（高铁/动车）--广州南/广州东
+                <w:br/>
+                早餐后8:00 乘车前往澄海参观有“潮汕小故居”之称的【陈慈黉故居】（游览时间约 60 分钟）陈慈黉故居又名陈赏利家族豪宅 ，是中国 罕见的华侨建筑 ，被誉为“岭南第一侨居” 。故居建于清代 ，历时近半个世纪。它共有 506 个大厅 ，包括郎中第、寿康里。善居 室是最具代表性的宅基地之一。它是所有宅基地中最大、最精致、最完整的宅基地。陈慈黉故居始建于 1910 年， 占地 2.54 万平方米 ，共有 504 间客房。走进它就像进入一个巨大的迷宫。如何形容这座巨大的房子的雄伟：
                 <w:br/>
                 早上家佣开始打开房子里的每一扇窗户 ，然后在所有的窗户都打开后 ，然后再一扇一扇地关上窗户。关上所有的窗户 ，就已经是日落了。适时前往观赏国家级非物质文化遗产中华战舞【英歌舞表演10:30演出，演出时间10分钟】英歌舞作为一种民间艺术，其产生、发展、演变过程较少文字记载，有籍可考的历史不过四五百年。潮汕地区英歌舞集戏剧、舞蹈、武术于一体，2006年5月20日入选第一批国家级非物质文化遗产名录。（如因园区原因或其它不可抗力原因导致无法观赏不作赔偿）
                 <w:br/>
                 11:00 前往国家历史文化名城—【潮州】，
                 <w:br/>
                 11:45【品尝正宗潮汕牛肉火锅——潮州市特色美食示范店老迹牛肉】潮汕牛肉火锅成名于上世纪 40 年代，传统做法是将沙茶酱加入锅中， 用浓汤做锅底，后来逐渐化繁为简，涮牛肉的锅底只剩下牛骨清汤和白萝卜，更有利于尝出牛肉本来的味道，潮汕美食最讲究‘大 味至淡’，从历史角度看，大都是悄无声息做减法的过程。老迹牛肉荣获潮州市特色美食示范店，他家的牛肉火锅，牛肉都是现宰现卖，把“鲜”字发挥到极致。牛肉部位不同，质地不同，需要涮的时间不同，口感和味道也大相径庭。
                 <w:br/>
+                <w:br/>
                 （潮州古城涉及客户自理费用说明：景区内涉及电瓶车往返30元/人自理）
                 <w:br/>
                 13:00近观世界第一座启闭式吊桥的四大古桥之一【湘子桥】（不上桥），其“十八梭船二十四洲”的独特风格与赵州桥、洛阳 桥、芦沟桥并称中国四大古桥。
                 <w:br/>
                 13:30观赏韩江风光及修复一新的【宋明代古城墙】及【广济城楼】，漫步【滨江文化长廊】（约 15 分钟）
                 <w:br/>
-                <w:br/>
                 14:00 游览“古代建筑艺术明珠”美誉的【开元寺】(约 40 分钟),至今仍保持着与日本东大寺相似的唐宋宫殿式建筑壮严肃穆的风格,至今己有1260多年的历史。
                 <w:br/>
                 15:00 步行游览全国最长、牌坊最多、集潮州名小食、特产、潮绣、木雕、蜡石等传统工艺于一体的旅游商品街—【太平路牌坊古街】、【甲第巷】、豪门宅第 ，观驷马拖车、百鸟朝阳、四点金等建筑格局；
                 <w:br/>
-                于潮州古城内，牌坊街民宅老巷子品尝各种潮汕当地美食。牛肉粿条汤 ，无米粿 ，凤凰炸豆干 ，潮汕沙茶干面 ，潮汕肠粉 ，糖葱 薄饼（舌尖上的中国纪录）...等等当地风味小吃。潮州作为一座历史悠久的古城 ，不仅街头美食小吃随处可见 ，很多留存完好的 古建筑也很值得一游。潮州的小吃 ，诸如肠粉 ，春卷 ，猪脚圈 ，粿条卷 ，蚝烙 ，鱼饺 ，牛肉丸 ，牛筋丸 ，墨斗鱼丸 ，牛肉粿条， 牛杂粿条 ，甘草水果 ，红粿 ，土豆粿 ，竹笋粿 ，朴枳粿，咸水粿 ，卷章，糕粿等等这些既可当小吃 ，又能饱肚子的美食要到潮州 的老市区（即南桥-西湖公园一带）去吃，可以这样说，随便那条小巷，你走进去，悠哉悠哉地逛着，都可以看到身边一家一家卖 着美食小吃的店铺：
-[...1 lines deleted...]
-                下午送往潮汕高铁站，乘下午高铁/动车返回广州南/广州东（返程高铁返回广州南或广州东以地接社安排为准，哪趟有票出哪趟，无法指定），结束愉快的行程！
+                于潮州古城内，牌坊街民宅老巷子品尝各种潮汕当地美食。牛肉粿条汤 ，无米粿 ，凤凰炸豆干 ，潮汕沙茶干面 ，潮汕肠粉 ，糖葱 薄饼（舌尖上的中国纪录）...等等当地风味小吃。潮州作为一座历史悠久的古城 ，不仅街头美食小吃随处可见 ，很多留存完好的 古建筑也很值得一游。潮州的小吃 ，诸如肠粉 ，春卷 ，猪脚圈 ，粿条卷 ，蚝烙 ，鱼饺 ，牛肉丸 ，牛筋丸 ，墨斗鱼丸 ，
+                <w:br/>
+                牛肉粿条， 牛杂粿条 ，甘草水果 ，红粿 ，土豆粿 ，竹笋粿 ，朴枳粿，咸水粿 ，卷章，糕粿等等这些既可当小吃 ，又能饱肚子的美食要到潮州 的老市区（即南桥-西湖公园一带）去吃，可以这样说，随便那条小巷，你走进去，悠哉悠哉地逛着，都可以看到身边一家一家卖 着美食小吃的店铺：客人自由活动 ，推荐自理品尝【潮州古城】特色美食小吃：
+                <w:br/>
+                下午送往潮汕高铁站，乘下午高铁/动车返 回广州南/广州东（返程高铁返回广州南或广州东以地接社安排为准，哪趟有票出哪趟，无法指定），结束愉快的行程！
                 <w:br/>
                 行程先后游览顺序可由导游根据实际情况，在告知客人并征得客人同意下确保不减少或缩短游览景点的情况下，
                 <w:br/>
                 导游调整先后游览次序 ，请见谅）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：潮汕牛肉火锅     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -898,141 +929,137 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                往返大交通：广州南到潮汕往返高铁二等座（6周岁以下小童不含高铁票，6周岁-14周岁之间中童含往返半高铁票）
-[...31 lines deleted...]
-                持有导游资格证书的专业导游优质服务
+                费用包含：广州南到潮汕高铁二等座或广州东到潮汕二等座（6周岁以下小童不含高铁票，6周岁-14周岁之间
+                <w:br/>
+                中童含往返半高铁票）
+                <w:br/>
+                住宿标准	酒店安排	指定入住酒店	备选入住酒店
+                <w:br/>
+                	汕头四钻	汕头环洋东方酒店	汕头环都酒店
+                <w:br/>
+                	南澳四钻酒店	南澳海泉湾酒店公寓房	南澳欣涛度假村酒店山景房
+                <w:br/>
+                用餐标准	含 2 早 2 正（因餐厅按桌收取费用，不用不退费）
+                <w:br/>
+                早餐 ：分餐或围桌或自助餐
+                <w:br/>
+                正餐： 围桌餐  
+                <w:br/>
+                餐标 ：牛肉火锅 50 元/人/餐+龙虾鲍鱼海鲜宴 50元/人/餐+1网红下午茶
+                <w:br/>
+                用车标准	行程用车 GPS 安全监控系统旅游车，配置空调旅游车（实行滚动发班 ，确保每人一个正座）
+                <w:br/>
+                注 ：行程用车视实际情况 ，一般正规19 座以下旅游车均无行李箱，确保10%空载率。
+                <w:br/>
+                景点门票	行程中注明含的景点第一道门票（不含景区内设自费项目，另有约定除外） 赠送景点（如篝火晚会等）或项目因时间或天气原因等因素不能前往或自动放弃，按“不退费用”和“不更  换景点”处理；如遇优惠证件或免票证件(如学生证，导游证，老年证、军官证等)的需提前跟 导游说明，并在购票前出示优惠证件，按照景区优惠政策，旅行社按照团队价现退对应的门票费用，游客不能以按照景点门市价格要求退费。
+                <w:br/>
+                儿童标准	6周岁以下小童含当地车费+半餐费+半门票费（不含往返高铁票以及不占床）
+                <w:br/>
+                6-14周岁以内中童含当地车费+半餐费+半门票费+往返半高铁票费(不占床以及早餐费自理
+                <w:br/>
+                导游服务	持有导游资格证书的专业导游优质服务（10人以上安排单独导游 不足10人将安排司机兼旅游管家）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ① 不提供自然单间，产生单房差或加床费用自理。非免费餐饮费、洗衣、电话、饮料、烟酒、付费电视、行李搬运等费用。
-[...9 lines deleted...]
-                ⑥ 因交通延误、取消等意外事件或不可抗力原因导致的额外费用，及个人所产生的费用等。 
+                ①不提供自然单间 ，产生单房差或加床费用自理。非免费餐饮费、洗衣、电话、饮料、烟酒、付费电视、行李搬运等费用。单房差现询。
+                <w:br/>
+                ②自由活动期间交通费、餐费、等私人费用。
+                <w:br/>
+                ③行程中未提到的其它费用 ：如特殊门票、游船（轮）、景区内二道门票、观光车、电瓶车、缆车索道等费用。
+                <w:br/>
+                ④儿童的“旅游费用包含” 内容以外的所有费用。例如产生超高餐费、 门票等需客人另付！ 
+                <w:br/>
+                ⑤个人购物、娱乐（潜水、拖曳伞等海上项目）消费。
+                <w:br/>
+                ⑥因交通延误、取消等意外事件或不可抗力原因导致的额外费用 ，及个人所产生的费用等。
                 <w:br/>
                 ⑦旅游意外保险；因旅游者违约、自身过错、自身疾病，导致的人身财产损失而额外支付的费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1080,51 +1107,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1132,174 +1159,117 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.如遇旺季酒店资源紧张或政府临时征用等特殊情况，我社有权调整为同等级标准酒店。我司默认安排双床，夫妻情侣可根据房态免费申请大床，需要报名时确认申请，不保证安排。且酒店以当天入住为准，不提前指定酒店。行程报价中所含房费按双人标准间/2 人核算。如要求三人间或加床 ，需视入住酒店房型及预订情况而定。通常酒店标准间内加床为钢丝床或床垫等非标准床。
-[...31 lines deleted...]
-                16.本线路为当地散客拼团，团友相互间可能来自不同地域，请相互理解、沟通、听从导游人员安排。此线路会搭配当地3/4天散客团一起拼走行程,请客人知悉,如不愿请慎选.
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">报名材料</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">外籍客人需加收50/人</w:t>
-            </w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">温馨提示：8月18-26日为当地潮商大会和全球食品大会，会议期间的团期若遇到当地酒店征用房导致没房，汕头市区有可能调整为入住到周边澄海或揭阳酒店，标准不变。感谢理解。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1339,51 +1309,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-15</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>