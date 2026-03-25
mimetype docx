--- v0 (2025-11-06)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【畅玩全新“广东千古情”】佛山1天丨看大型歌舞·亲子出游享尽天伦之乐行程单</w:t>
+        <w:t xml:space="preserve">【佛山西樵山+千古情】参拜全国最大观音铜像丨玩“广东千古情” 看大型歌舞丨亲子出游享尽天伦之乐纯玩1天游行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20240123SP74464985</w:t>
+              <w:t xml:space="preserve">TX-20260213SP10318175</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,114 +343,121 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...5 lines deleted...]
-                09:00广州地铁番禺广场E出口
+                上车点：（时间仅供参考，实际出发时间以导游通知为准！）
+                <w:br/>
+                08:00 越秀区纪念堂（纪念堂地铁C出口）
+                <w:br/>
+                09:00 基盛万科肯德基（番禺广场地铁E出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                <w:br/>
-[...3 lines deleted...]
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                ★ 游览AAAA国家级风景名胜区 — 佛山西樵山 
+                <w:br/>
+                ★ 参拜全国最大观音铜像、宝峰寺祈福风调雨顺
+                <w:br/>
+                ★ 观看价值￥238的大型歌舞直击心灵的震撼与感动
+                <w:br/>
                 ★ 漫步悠悠古城，触摸广东千年文化的历史脉搏
-                <w:br/>
-                ★ 误入南国秘境，邂逅一段神奇的百越传奇
                 <w:br/>
                 ★ 各种特色风情街 换装拍摄 每一辑都是朋友圈头条！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -569,62 +576,67 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发地—广东千古情—广州  含：不含餐
-[...6 lines deleted...]
-                <w:br/>
+                出发地—西樵山—广东千古情—回程
+                <w:br/>
+                指定地点集合出发前往佛山【西樵山】（游览约2小时，园中园门票自理，景区交通自理）是广东四大名山之一，集国家级风景名胜区、国家AAAAA级旅游景区、国家森林公园、国家地质公园等殊荣于一身，以“双肩石器”为标志的“西樵山文化”开创了珠江文明的先河，更有着“珠江文明的灯塔”、“南粤理学名山”和“南狮发源地”、“黄飞鸿故里”之美誉。（建议可自费乘坐景区环保车30元/人）
+                <w:br/>
+                【黄飞鸿狮艺武术馆】（费用自理）参观，黄飞鸿狮艺武术馆是为纪念一代武林宗师黄飞鸿而兴建的，1998年8月15日正式开馆。黄飞鸿狮艺武术馆建在黄飞鸿故居附近的黄氏宗祠原址上，占地5.23亩，建筑面积1006平方米，馆里面有黄飞鸿铜像、黄飞鸿史料室、黄飞鸿龙狮室、黄飞鸿练武台、黄飞鸿练武休息室、黄飞鸿百草堂、骨伤科堂、关德兴纪念堂以及纪念品部等等。观看功夫以及醒狮表演，表演时间约30分钟。
+                <w:br/>
+                【白云洞】是西樵山36洞之一，位于西樵山西北麓，由长庚、白云、幡子三峰环抱而成。明嘉靖年间，西樵学子何亮在此筑室读书，号“白云主人”，后人就以白云作了洞名。
+                <w:br/>
+                风光旖旎，自然资源丰富，名胜古迹散落其间，丰富的自然资源和人文资源汇聚成西樵山富有特色的景点：天湖公园、碧玉洞、翠岩、石燕岩、九龙岩、四方竹园、桃花园、等....景点众多
+                <w:br/>
+                【午餐自理】后，前往全新网红景区打卡点【广东千古情】（游览约4小时）这是一个富有想象力的演艺魔盒，时间和空间在这里折叠；这是珠三角地区的文化新高地，打破公园、演出的界限，创新文化旅游的固有形态，打造休闲度假一站式全新体验。想你所想，见你未见！上一秒，漫步悠悠古城，触摸广东千 年文化的历史脉搏；下一秒，误入南国秘境，邂逅一段神奇的百越传奇……市井街、 穿越街、武术街、风情街、波西米亚街、椰风海韵街，开放式的演艺空间“化无形于有形”，二十多个各具特色的剧院和表演场所星罗棋布，带你上天入地、穿越古今。
+                <w:br/>
+                这是一个全家共享天伦之乐的亲子基地。孩子们体验亲子秀《WA！恐龙》，感 受艺术启蒙；5D 实景剧《大地震》，山崩地裂、真情永驻；沉浸式演出《南海一号》 《广州起义》，惊涛骇浪、战火纷飞；恐怖研究院、聊斋惊魂鬼屋、幻境空间等大 型互动体验项目，惊心动魄、光怪陆离；主秀《广东千古情》是一生必看的演出，视觉盛宴，心灵震撼……这里每天上演一场场永不落幕的艺术盛宴！（具体景区内表演，以当天实际为准）
+                <w:br/>
+                    参观完毕后，结束一天愉快之旅，返回温馨的家。
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
-                <w:br/>
-                注意：由于节假日路上车辆较多，容易出现塞车情况，因此类不可抗力原因造成延误和无法履行合同，导致变更旅游行程，发生费用增减的，增加部分由游客承担，未发生费用的，旅行社退还游客，旅行社不作任何赔偿。敬请谅解！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -688,111 +700,131 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                出团日期：2月17/18/19/20/21/22/23/24/28日
+                <w:br/>
+                          3月 3/7/10/14/17/21/24/28/31日
+                <w:br/>
+                <w:br/>
+                55岁以上成人：138元/人（含往返交通+景区门票）
+                <w:br/>
+                年龄段外价格：148元/人（含往返交通+景区门票）
+                <w:br/>
+                1m以下儿童：98元/人（含单车位）
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                备注：此线路为散客拼团，因受价格政策限制，仅接受非佛山身份证的游客报名参团。
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
                 1.交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
                 2.导游：提供专业导游服务
                 <w:br/>
                 3.用餐：全程不含餐；
                 <w:br/>
                 4.门票：景区首道大门票，不含园中园。
                 <w:br/>
-                5.购物：0购物！0必消！
+                5.住宿：无 
                 <w:br/>
                 6.保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                团费不含游客旅途中的一切个人消费和旅游意外保险，请游客自愿购买团体旅游意外保险。
-[...1 lines deleted...]
-                其他未约定由组团社支付的费用（包括单人房差、不可抗力因素（风雪、塌方、交通堵塞等）造成的延误和无法继续履行合同的额外费用等）
+                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                <w:br/>
+                2、强烈建议游客自行购买旅游意外保险。
+                <w:br/>
+                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -820,74 +852,141 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团40 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足40 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199，质监电话：18027368336】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
+                <w:br/>
+                2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
+                <w:br/>
+                3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
+                <w:br/>
+                4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
+                <w:br/>
+                5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
+                <w:br/>
+                6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
+                <w:br/>
+                （一）含有损害国家利益和民族尊严内容的。 
+                <w:br/>
+                （二）含有民族、种族、宗教歧视内容的。 
+                <w:br/>
+                （三）含有淫秽、赌博、涉毒内容的。 
+                <w:br/>
+                （四）其他含有违反法律、法规规定内容的。 
+                <w:br/>
+                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -928,51 +1027,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>