--- v1 (2025-12-24)
+++ v2 (2026-03-24)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【温泉直通车】龙门南昆山温德姆温泉酒店2天| 含自助早餐 | 无限次温泉行程单</w:t>
+        <w:t xml:space="preserve">【温泉直通车】龙门南昆山温德姆温泉酒店2天| 含早行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251015SP68210678</w:t>
+              <w:t xml:space="preserve">TX-20260124SP68210678</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,124 +343,124 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...1 lines deleted...]
-                09：30纪念堂地铁C出口 
+                上车点：  
+                <w:br/>
+                09:00番禺广场地铁站E出口
+                <w:br/>
+                09:45纪念堂地铁c出口
                 <w:br/>
                 10:00杨箕地铁E1出口
                 <w:br/>
-                下车点：纪念堂地铁站C出口
+                下车点：番禺广场+纪念堂地铁站C出口
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准。
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
-                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 行程特色：
                 <w:br/>
-                尊享酒店丰富自助早餐
-                <w:br/>
                 入住南昆山温德姆温泉酒店（送私家泡池每晚2池水）
                 <w:br/>
-                依云四季公共温泉区，无限次畅泡81个特色温泉泡池
+                依云四季公共温泉区、无限次畅泡81个特色温泉泡池
                 <w:br/>
                 畅玩四季水乐园、幻·水界、梦幻水疗池、冷热旋流池
                 <w:br/>
+                每间房尊享2名1.2米以下儿童早餐、温泉免票
+                <w:br/>
                 4间及以上赠送3小时棋牌室、8间及以上赠送3小时KTV
                 <w:br/>
-                周日-周五出发加订次日午餐20元/间/餐，单人68元/餐（周六及节假日入住除外）
-[...3 lines deleted...]
-                升级豪华大/双床+50元/间/晚
+                升级豪华大/双床+100元/间/晚
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -579,146 +579,155 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 第1天 广州—南昆山温德姆温泉酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
                 <w:br/>
-                09:30/10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后午餐自理，餐后集中上车按照顺路原则送客人到各自酒店入住，客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
-[...1 lines deleted...]
-                【南昆山温德姆温泉酒店】由依云四季集团投资兴建的国际品牌酒店，由全球最大酒店管理集团—美国温德姆集团(管理)特许经营。南昆山温德姆温泉酒店坐落于惠州龙门镇温泉之乡，毗邻山清水秀的南昆山；酒店以国际管理经验，为宾客提供卓越的服务，完善的餐饮、会议设施、温泉以及休闲娱乐设施将为您带来愉快的旅行体验。纯净的空气及土壤孕育出高品质的原生态食材，配合酒店特色的潮州烹调手艺，美味一试难忘。（自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
+                10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后午餐自理，餐后集中上车按照顺路原则送客人到各自酒店入住，客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
+                <w:br/>
+                【南昆山温德姆温泉酒店】由依云四季集团投资兴建的国际品牌酒店，由全球最大酒店管理集团—美国温德姆集团(管理)特许经营。 南昆山温德姆温泉酒店坐落于惠州龙门镇温泉之乡，毗邻山清水秀的南昆山；酒店以国际管理经验，为宾客提供卓越的服务，完善的餐饮、会议设施、温泉以及休闲娱乐设施将为您带来愉快的旅行体验。纯净的空气及土壤孕育出高品质的原生态食材，配合酒店特色的潮州烹调手艺，美味一试难忘。（自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
+                <w:br/>
+                客人入住酒店必须凭二代身份证，住房押金约300元/间需自理！
+                <w:br/>
+                棋牌室参考价格：平日（09:00-23:00）58元/小时、通宵（23:01-08:59）88元/小时【自行前台预定】。
+                <w:br/>
+                满4间房以上赠送1间棋牌室（入住期间09:00-18:00，免费使用3小时，仅提供茶水）
+                <w:br/>
+                满8间房以上赠送1间KTV（入住当天期间14:00-17:00，免费欢唱3小时，仅提供茶水）
+                <w:br/>
+                8-11间只能2选1，12间可以安排ktv+麻将
                 <w:br/>
                 【依云四季温泉中心介绍】温泉中心于2023年5月31日开业，位于南昆山温德姆温泉酒店东侧。温泉以纯天然偏硅酸氟泉为特色，泉水中含有48种稀有元素。建筑面积约33000㎡，可同时接待游客1200余人。由室内外温泉、室内外水区、顶楼泳池、公共游乐设施等部分组成，是满足不同客群四季畅玩的度假综合体。依云四季温泉拥有81个形态各异、功能丰富的特色泡池（室内拥有50个泡池、室外拥有31个泡池）、室内外游乐水区共8个、石板烫23个躺位。水上攀岩、高空旋转滑梯、室内外亲子嬉水空间、漂流河、高空悬浮底部透明恒温泳池、电玩城、商超等完备设施，为您提供一站式欢乐游玩体验。参考营业时间：09:00—23:00。
                 <w:br/>
+                18：00-19：30 适时享用自助晚餐
+                <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南昆山温德姆温泉酒店高级双床房</w:t>
+              <w:t xml:space="preserve">南昆山温德姆温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 南昆山温德姆温泉酒店—广州
                 <w:br/>
                 08:00 睡到自然醒，享用早餐。
                 <w:br/>
-                12:00 午餐（自理）。
-[...1 lines deleted...]
-                周日-周五出发加订次日午餐20元/间/餐，单人68元/餐（周六及节假日入住除外）
+                12:00 午餐。
                 <w:br/>
                 地点：二楼四季轩中餐厅，时间：11：30-13:00；此优惠活动仅限提前预，当天不可增加，或者按正价108元/份收费，套餐菜单如下：
                 <w:br/>
                 套餐A：例汤+白切鸡+肉碎炒豆角+蒜蓉时蔬+丝苗白饭（周一、周三入住赠送）
                 <w:br/>
                 套餐B：例汤+红烧肉+火腿玉米丁+蒜蓉时蔬+丝苗白饭（周二、周四入住赠送）
                 <w:br/>
                 套餐C：例汤+紫苏炆鸭+土猪肉炒鲜笋+蒜蓉时蔬+丝苗白饭（周五、周日入住赠送）
-                <w:br/>
                 <w:br/>
                 约14:00 集合，后统一集中乘车返回广州温馨的家，结束旅程！
                 <w:br/>
                 【时间提供参考，实际按当天通知为准】
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
@@ -792,53 +801,53 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，一人一正座。
                 <w:br/>
                 2、住宿：南昆山温德姆温泉酒店高级双床房（大床需补差升级豪华房；酒店不设三人房，单人入住需补房差）
                 <w:br/>
-                3、用餐：如行程价目表所示（费用包含的用餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)
-[...1 lines deleted...]
-                4、温泉：房间私家泡池2池水、无限次公共温泉
+                3、用餐：2天游含1早2正；3天含2早4正（费用包含的用餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)
+                <w:br/>
+                4、温泉：房间私家泡池每晚2池水、无限次公共温泉
                 <w:br/>
                 5、导游：提供专业导游服务。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -920,51 +929,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1012,95 +1021,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
                 <w:br/>
                 2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
                 <w:br/>
                 3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
                 <w:br/>
                 4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
                 <w:br/>
                 5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
                 <w:br/>
                 6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
                 <w:br/>
                 （一）含有损害国家利益和民族尊严内容的。 
                 <w:br/>
                 （二）含有民族、种族、宗教歧视内容的。 
                 <w:br/>
                 （三）含有淫秽、赌博、涉毒内容的。 
                 <w:br/>
                 （四）其他含有违反法律、法规规定内容的。 
                 <w:br/>
                 如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
-            </w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">扣除已产生费用以及旅游合同规定的费用。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1140,51 +1104,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>