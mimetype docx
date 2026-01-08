--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -1168,51 +1168,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-11-06</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-09</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>