--- v0 (2025-10-19)
+++ v1 (2025-12-24)
@@ -1216,51 +1216,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>