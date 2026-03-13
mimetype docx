--- v1 (2025-12-24)
+++ v2 (2026-03-13)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251012SP68210678</w:t>
+              <w:t xml:space="preserve">TX-20260311SP10318187</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,116 +343,116 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...7 lines deleted...]
-                具体出发时间、地点以导游通知安排为准。请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                上车点： 
+                <w:br/>
+                09:00 番禺广场地铁站E出口
+                <w:br/>
+                09:45 纪念堂地铁c出口
+                <w:br/>
+                10:00 天河城南门（体育西地铁C出口对面中国银行）
+                <w:br/>
+                下车点：番禺广场+纪念堂c出口
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 宿：全新开业云顶温泉威士忌酒店
                 <w:br/>
                 泡：72℃纯天然“美人汤”硅酸氟特色温泉
                 <w:br/>
-                享：128个特色温泉泡池，畅游超大温泉水泳池，全新鹦歌水寨乐园
-[...5 lines deleted...]
-                叹：玛雅水寨+干湿蒸房
+                享：无限次房间泡池+公共区172个特色温泉泡池
+                <w:br/>
+                叹：畅游超大温泉水泳池，水寨乐园，玛雅水寨+干湿蒸房
+                <w:br/>
+                品：丰富自助早餐、加订海鲜自助晚餐双人+260元/间/晚（单人168元）
                 <w:br/>
                 赠送第一天自助午餐【简餐】
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -571,53 +571,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天：广州--龙门云顶威士忌酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
-[...1 lines deleted...]
-                09:30/10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后享用午餐，餐后集中上车按照顺路原则送客人到各自酒店入住，客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
+                广州--龙门云顶威士忌酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
+                <w:br/>
+                09:30/10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后享用午餐，餐后集中上车按照顺路原则送客人到各自酒店入住，客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
                 <w:br/>
                 【云顶温泉威士忌酒店】南昆山云顶温泉坐落于惠州市南昆山风景秀丽的国家4A级风景名胜，因冬冷暖夏凉的气候被誉为“度假胜地”，因优良的空气质量赢得“珠三角的后花园”的美称。云顶温泉以72℃天然“美人汤”硅酸氟温泉为特色、温泉出水口温度达72 ℃，日出量达三千多吨，水质含硅酸氟、氡、钙、镁、钾、钠等数十种有益矿物质，保健功效显著。结合浓郁的东南亚巴厘岛建筑风情，是理想的旅游度假、商务会议、保健养生之地。各式特色动力温泉，让您在泡浴温泉的同时感受不同的温泉文化与理念。
                 <w:br/>
                 温泉开放时间：早上8:00-00:00（共有128个特色温泉泡池，视入住情况开放相应温泉池数量。）
                 <w:br/>
                 【赠送自助午餐注意事项】游客抵店在12:00前办理登记手续，酒店赠送当天威士忌餐厅明档自助午餐（肠粉、粥、汤粉面、煎蛋等）客人凭登记到威士忌餐厅享用当天明档自助午餐并在威士忌餐厅休息等候入住，房卡于14:00-14:30由酒店在威士忌餐厅统一分发。如遇不可抗力因素【例如：塞车等】未能在12:00抵达酒店办理入住登记的直通车游客不可享受酒店赠送明档自助午餐，我社不作任何赔偿，但可以在威士忌餐厅休息区休息，在14:00以后到酒店前台自行办理登记手续。
                 <w:br/>
                 娱乐设施参考价格（请自行前台预定，参考价格，具体价格以酒店前台价格为准）：
                 <w:br/>
                 棋牌室：*10:00-18:00按照70元/2小时起，超过按照30元/时收费，18:00后按50元/时收费；*18:00后开房120元/2小时起，超过按照50元/时收费。免费赠送茶水。
                 <w:br/>
                 KTV：小房（6-8人）588元、中房（8-10人）688-1088元、大房（12-16人）1288元；房费含果盘、纸巾、小食、啤酒。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
@@ -661,59 +661,60 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                龙门云顶—广州
-[...7 lines deleted...]
-                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                云顶温泉威士忌酒店—广州
+                <w:br/>
+                08:00 睡到自然醒，享用早餐。
+                <w:br/>
+                12:00 午餐（自理）。
+                <w:br/>
+                约14:00 集合，后统一集中乘车返回广州温馨的家，结束旅程！
+                <w:br/>
+                <w:br/>
+                【时间提供参考，实际按当天通知为准】
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -911,51 +912,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1093,89 +1094,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                （请自行前台购买，参考价格，具体价格以酒店前台价格为准）
-[...37 lines deleted...]
-                2、KTV：小房（6-8人）588元、中房（8-10人）688-1088元、大房（12-16人）1288元；房费含果盘、纸巾、小食、啤酒。
+                游客支付订单后旅行社发单给酒店作确认，如满房或有其他情况2个工作日内通知到游客；酒店一经确认，不改不退。客人入住酒店必须凭二代身份证，住房押金约300元/间需自理！
+                <w:br/>
+                雅致/畔山只有双床房，指定大床需升级到景观房（差价：按畔山泡池团费+50元/人/晚）
+                <w:br/>
+                备注说明：单订车位客人按照自身需求购买以下门票/餐券（旅行社不作代订，以园区实际价格为准）：
+                <w:br/>
+                1.5米以上：自助早餐68 元/次、自助晚餐168元/次，温泉次票188 元/次；
+                <w:br/>
+                1.2-1.5米：自助早餐48 元/次，自助晚餐88 元/次，温泉次票118 元/次；
+                <w:br/>
+                1.2 米以下：免费（每房仅限携带一位免费儿童，超出需按1.2-1.5米购票）
+                <w:br/>
+                【自助早餐+无限温泉套票】1.5米以上周一至周五168元，周六日228元，节假日298元；1.2-1.5米周一至周五98元，周六日/节假日138元；
+                <w:br/>
+                【自助早餐+自助晚餐+无限温泉套票】1.5米以上周一至周五298元，周六378元，周日338元，节假日438元；1.2-1.5米周一至周五188元，周六/日228元，节假日238元。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1216,51 +1193,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-13</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>